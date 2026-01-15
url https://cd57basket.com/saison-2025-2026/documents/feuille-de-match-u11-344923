--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -1,98 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Admin\Desktop\d\2025-2026\SPORTIVE\U11\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\d\2025-2026\SPORTIVE\U11\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C1A19FD9-8CEA-46D1-9BD0-93F2CC98A878}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7763642F-9B86-4C96-96CE-7C4986E2DCE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="154" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="203" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="RECTO" sheetId="5" r:id="rId1"/>
     <sheet name="VERSO" sheetId="8" r:id="rId2"/>
-    <sheet name="Feuil1" sheetId="7" r:id="rId3"/>
+    <sheet name="Licenciés U11" sheetId="9" r:id="rId3"/>
+    <sheet name="Feuil1" sheetId="7" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Feuil1!$B$3:$B$38</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">Feuil1!$B$3:$B$38</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">RECTO!$K$43:$S$43</definedName>
     <definedName name="ANNEE">Feuil1!$G$3:$G$4</definedName>
     <definedName name="Catégorie">#REF!</definedName>
     <definedName name="heure">Feuil1!$C$4:$C$17</definedName>
     <definedName name="JOUR">Feuil1!$D$3:$D$32</definedName>
     <definedName name="MOIS">Feuil1!$F$3:$F$13</definedName>
     <definedName name="NUMERO">Feuil1!$E$3:$E$179</definedName>
-    <definedName name="Z_909486AF_EBCC_41DF_9E70_6AEFD99A65CC_.wvu.FilterData" localSheetId="2" hidden="1">Feuil1!$B$3:$B$38</definedName>
+    <definedName name="Z_909486AF_EBCC_41DF_9E70_6AEFD99A65CC_.wvu.FilterData" localSheetId="3" hidden="1">Feuil1!$B$3:$B$38</definedName>
     <definedName name="Z_909486AF_EBCC_41DF_9E70_6AEFD99A65CC_.wvu.PrintArea" localSheetId="0" hidden="1">RECTO!$A$1:$BG$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">RECTO!$A$1:$BG$50</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">VERSO!$A$1:$Z$42</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="cmbb" guid="{909486AF-EBCC-41DF-9E70-6AEFD99A65CC}" maximized="1" xWindow="-8" yWindow="-8" windowWidth="1936" windowHeight="1056" tabRatio="159" activeSheetId="5"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="S22" i="5" l="1"/>
+  <c r="F12" i="5"/>
+  <c r="F13" i="5"/>
+  <c r="G12" i="5"/>
+  <c r="G13" i="5"/>
+  <c r="F14" i="5"/>
+  <c r="F15" i="5"/>
+  <c r="F16" i="5"/>
+  <c r="F17" i="5"/>
+  <c r="F18" i="5"/>
+  <c r="F19" i="5"/>
+  <c r="F20" i="5"/>
+  <c r="F21" i="5"/>
+  <c r="F22" i="5"/>
+  <c r="S13" i="5"/>
+  <c r="S14" i="5"/>
+  <c r="S15" i="5"/>
+  <c r="S16" i="5"/>
+  <c r="S17" i="5"/>
+  <c r="S18" i="5"/>
+  <c r="S19" i="5"/>
+  <c r="S20" i="5"/>
+  <c r="S21" i="5"/>
+  <c r="S12" i="5"/>
+  <c r="G14" i="5"/>
+  <c r="G15" i="5"/>
+  <c r="G16" i="5"/>
+  <c r="G17" i="5"/>
+  <c r="G18" i="5"/>
+  <c r="G19" i="5"/>
+  <c r="G20" i="5"/>
+  <c r="G21" i="5"/>
   <c r="AY24" i="5" l="1"/>
   <c r="BF19" i="5" s="1"/>
   <c r="AW24" i="5"/>
   <c r="BD19" i="5" s="1"/>
   <c r="AS24" i="5"/>
   <c r="BF18" i="5" s="1"/>
   <c r="AQ24" i="5"/>
   <c r="BD18" i="5" s="1"/>
   <c r="AM24" i="5"/>
   <c r="BF17" i="5" s="1"/>
   <c r="AK24" i="5"/>
   <c r="BD17" i="5" s="1"/>
   <c r="AY42" i="5"/>
   <c r="BF22" i="5" s="1"/>
   <c r="AW42" i="5"/>
   <c r="BD22" i="5" s="1"/>
   <c r="AS42" i="5"/>
   <c r="BF21" i="5" s="1"/>
   <c r="AQ42" i="5"/>
   <c r="BD21" i="5" s="1"/>
   <c r="AM42" i="5"/>
   <c r="BF20" i="5" s="1"/>
   <c r="AK42" i="5"/>
   <c r="BD20" i="5" s="1"/>
   <c r="AG32" i="5"/>
@@ -109,51 +145,51 @@
   <c r="AG34" i="5"/>
   <c r="AG33" i="5"/>
   <c r="Q27" i="5"/>
   <c r="H27" i="5"/>
   <c r="BF24" i="5" l="1"/>
   <c r="BD24" i="5"/>
   <c r="AG23" i="5"/>
   <c r="AG22" i="5"/>
   <c r="AG21" i="5"/>
   <c r="AG20" i="5"/>
   <c r="AG19" i="5"/>
   <c r="AG18" i="5"/>
   <c r="AG17" i="5"/>
   <c r="AG16" i="5"/>
   <c r="AG15" i="5"/>
   <c r="AG14" i="5"/>
   <c r="AG13" i="5"/>
   <c r="Q7" i="5"/>
   <c r="H7" i="5"/>
   <c r="BB38" i="5" l="1"/>
   <c r="BB32" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="411" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="159">
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>.1.</t>
   </si>
   <si>
     <t>.2.</t>
   </si>
   <si>
     <t>.3.</t>
   </si>
   <si>
@@ -560,67 +596,97 @@
   <si>
     <t>SIGNATURES</t>
   </si>
   <si>
     <t>1er arbitre</t>
   </si>
   <si>
     <t>2è arbitre</t>
   </si>
   <si>
     <t>Entraîneur A</t>
   </si>
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Version 11-09-2024</t>
   </si>
   <si>
     <t>GES0057041 - DUKES DE FAMECK</t>
   </si>
   <si>
     <t>U11</t>
   </si>
   <si>
+    <t>Juste des chiffres</t>
+  </si>
+  <si>
+    <t>Numéro de licence</t>
+  </si>
+  <si>
+    <t>Joueur(euse)</t>
+  </si>
+  <si>
+    <t>Entraîneur(e)</t>
+  </si>
+  <si>
+    <t>Surclassement</t>
+  </si>
+  <si>
+    <t>Version 05-01-2026</t>
+  </si>
+  <si>
     <t>D1</t>
   </si>
   <si>
-    <t>C</t>
-[...2 lines deleted...]
-    <t>Version 25-09-2025</t>
+    <t>D2</t>
+  </si>
+  <si>
+    <t>D3</t>
+  </si>
+  <si>
+    <t>D4</t>
+  </si>
+  <si>
+    <t>D5</t>
+  </si>
+  <si>
+    <t>D6</t>
+  </si>
+  <si>
+    <t>D7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="h:mm;@"/>
   </numFmts>
-  <fonts count="53" x14ac:knownFonts="1">
+  <fonts count="57">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="15"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
@@ -951,52 +1017,79 @@
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="5" tint="-0.499984740745262"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="5" tint="-0.499984740745262"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="5" tint="-0.499984740745262"/>
       <name val="Univers"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="12">
+  <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1019,52 +1112,58 @@
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59996337778862885"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFC00000"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="123">
+  <borders count="125">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
@@ -2596,55 +2695,84 @@
       <left style="hair">
         <color rgb="FF002060"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="hair">
         <color rgb="FF002060"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color rgb="FF002060"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF002060"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="398">
+  <cellXfs count="420">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2961,62 +3089,50 @@
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="61" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-      <protection locked="0"/>
-[...10 lines deleted...]
-      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="38" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="7" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="7" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="7" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
@@ -3051,71 +3167,572 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="54" fillId="12" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="56" fillId="0" borderId="123" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="123" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="56" fillId="0" borderId="123" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="56" fillId="0" borderId="124" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="123" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="124" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="56" fillId="0" borderId="123" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="56" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="104" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="123" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="8" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="33" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="33" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="8" borderId="103" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="33" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="2" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="108" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="111" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="112" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="10" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="8" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="8" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="38" fillId="8" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="38" fillId="8" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="115" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="8" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="48" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="38" fillId="8" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="38" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -3132,949 +3749,559 @@
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="3" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="106" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="10" borderId="107" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="11" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="109" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="32" fillId="10" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="11" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="11" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="10" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="32" fillId="10" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="42" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="102" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="38" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...267 lines deleted...]
-      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="11" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="103" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="45" fillId="11" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...278 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{D9124733-7B34-44D0-85CF-ADEE73081B40}"/>
   </cellStyles>
-  <dxfs count="68">
+  <dxfs count="82">
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.34998626667073579"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.34998626667073579"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="0" tint="-0.34998626667073579"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
-          <bgColor theme="1"/>
-[...5 lines deleted...]
-        <patternFill>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="0"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="0"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor theme="1"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="3" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <color auto="1"/>
+      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...1 lines deleted...]
-      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill>
+          <fgColor auto="1"/>
+          <bgColor rgb="FF92D050"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
-        </patternFill>
-[...6 lines deleted...]
-          <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <fgColor auto="1"/>
           <bgColor rgb="FF92D050"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF92D050"/>
@@ -4084,133 +4311,133 @@
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...5 lines deleted...]
-    <dxf>
       <font>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C5700"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C5700"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike/>
       </font>
     </dxf>
     <dxf>
-      <font>
-[...3 lines deleted...]
-    <dxf>
       <fill>
         <patternFill>
           <bgColor theme="4" tint="0.79998168889431442"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <font>
+        <strike/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <color theme="0"/>
+      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <font>
-[...3 lines deleted...]
-      </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color auto="1"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFF0000"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color theme="0"/>
       </font>
       <fill>
@@ -4530,65 +4757,370 @@
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C5700"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFEB9C"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor indexed="65"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFC00000"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="30" formatCode="@"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical style="thin">
+          <color indexed="64"/>
+        </vertical>
+        <horizontal style="thin">
+          <color indexed="64"/>
+        </horizontal>
+      </border>
+      <protection locked="0" hidden="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="medium">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="0"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor rgb="FFC00000"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>20409</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>74838</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>169851</xdr:rowOff>
     </xdr:to>
@@ -4799,50 +5331,78 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="38100" y="28575"/>
           <a:ext cx="840242" cy="523637"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
+</file>
+
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{8E2D8727-FD83-4F4C-83F8-4294682F473A}" name="Tableau1" displayName="Tableau1" ref="A1:D46" totalsRowShown="0" headerRowDxfId="81" dataDxfId="80" tableBorderDxfId="79">
+  <autoFilter ref="A1:D46" xr:uid="{8E2D8727-FD83-4F4C-83F8-4294682F473A}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:B16">
+    <sortCondition ref="A1:A16"/>
+  </sortState>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{B9673E53-62BC-4018-8F09-655D8A57AD14}" name="Joueur(euse)" dataDxfId="78"/>
+    <tableColumn id="2" xr3:uid="{2633BDB3-93A3-467C-B9B6-98FA654964A4}" name="Numéro de licence" dataDxfId="77"/>
+    <tableColumn id="3" xr3:uid="{399B791A-EC3B-446F-A5B9-4E892452AA5B}" name="Sexe" dataDxfId="76"/>
+    <tableColumn id="4" xr3:uid="{6E8DD593-FDB7-41D9-A575-0829C5C088C0}" name="Surclassement" dataDxfId="75"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium4" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{EFD17983-A32A-47FB-B0C8-67F39B80A76A}" name="Tableau2" displayName="Tableau2" ref="F1:H46" totalsRowShown="0" headerRowDxfId="74" headerRowCellStyle="Normal 2">
+  <autoFilter ref="F1:H46" xr:uid="{EFD17983-A32A-47FB-B0C8-67F39B80A76A}"/>
+  <tableColumns count="3">
+    <tableColumn id="1" xr3:uid="{21244CA9-A74D-43D0-8D52-108E90F7F50B}" name="Entraîneur(e)" dataDxfId="73"/>
+    <tableColumn id="2" xr3:uid="{5B6B279E-464E-4E99-93A4-2C06E18A6D2D}" name="Numéro de licence" dataDxfId="72"/>
+    <tableColumn id="3" xr3:uid="{4B6738A6-68FE-421C-B270-392BCDEDC902}" name="Sexe" dataDxfId="71"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleMedium4" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5105,446 +5665,462 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{932D04E1-AB57-49F6-B6F1-C47C10D058AD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:CP50"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A22" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="K36" sqref="K36:R36"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="E25" sqref="E25:V25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="2.7109375" defaultRowHeight="12.95" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="2.7109375" defaultRowHeight="12.95" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.42578125" style="1" customWidth="1"/>
     <col min="2" max="5" width="1.7109375" style="1" customWidth="1"/>
-    <col min="6" max="20" width="2.7109375" style="1"/>
+    <col min="6" max="6" width="2.7109375" style="1" customWidth="1"/>
+    <col min="7" max="20" width="2.7109375" style="1"/>
     <col min="21" max="21" width="2.7109375" style="1" customWidth="1"/>
     <col min="22" max="26" width="2.7109375" style="1"/>
     <col min="27" max="27" width="0.5703125" style="1" customWidth="1"/>
     <col min="28" max="34" width="2.28515625" style="1" customWidth="1"/>
     <col min="35" max="35" width="1.7109375" style="1" customWidth="1"/>
     <col min="36" max="37" width="3.28515625" style="1" customWidth="1"/>
     <col min="38" max="38" width="1.7109375" style="1" customWidth="1"/>
     <col min="39" max="40" width="3.28515625" style="1" customWidth="1"/>
     <col min="41" max="41" width="1.7109375" style="1" customWidth="1"/>
     <col min="42" max="43" width="3.28515625" style="1" customWidth="1"/>
     <col min="44" max="44" width="1.7109375" style="1" customWidth="1"/>
     <col min="45" max="46" width="3.28515625" style="1" customWidth="1"/>
     <col min="47" max="47" width="1.7109375" style="1" customWidth="1"/>
     <col min="48" max="49" width="3.28515625" style="1" customWidth="1"/>
     <col min="50" max="50" width="1.7109375" style="1" customWidth="1"/>
     <col min="51" max="52" width="3.28515625" style="1" customWidth="1"/>
     <col min="53" max="53" width="2.7109375" style="1"/>
     <col min="54" max="59" width="3.7109375" style="1" customWidth="1"/>
     <col min="60" max="16384" width="2.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:94" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...6 lines deleted...]
-      <c r="J1" s="302" t="s">
+    <row r="1" spans="1:94" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="D1" s="182"/>
+      <c r="E1" s="182"/>
+      <c r="F1" s="182"/>
+      <c r="G1" s="182"/>
+      <c r="H1" s="182"/>
+      <c r="I1" s="182"/>
+      <c r="J1" s="179" t="s">
         <v>53</v>
       </c>
-      <c r="K1" s="302"/>
-[...5 lines deleted...]
-      <c r="Q1" s="299" t="s">
+      <c r="K1" s="179"/>
+      <c r="L1" s="179"/>
+      <c r="M1" s="179"/>
+      <c r="N1" s="179"/>
+      <c r="O1" s="179"/>
+      <c r="P1" s="179"/>
+      <c r="Q1" s="176" t="s">
         <v>28</v>
       </c>
-      <c r="R1" s="299"/>
-[...4 lines deleted...]
-      <c r="W1" s="299"/>
+      <c r="R1" s="176"/>
+      <c r="S1" s="176"/>
+      <c r="T1" s="176"/>
+      <c r="U1" s="176"/>
+      <c r="V1" s="176"/>
+      <c r="W1" s="176"/>
       <c r="X1" s="19"/>
-      <c r="Y1" s="297" t="s">
+      <c r="Y1" s="173" t="s">
         <v>54</v>
       </c>
-      <c r="Z1" s="297"/>
-[...5 lines deleted...]
-      <c r="AF1" s="301" t="s">
+      <c r="Z1" s="173"/>
+      <c r="AA1" s="173"/>
+      <c r="AB1" s="173"/>
+      <c r="AC1" s="173"/>
+      <c r="AD1" s="173"/>
+      <c r="AE1" s="173"/>
+      <c r="AF1" s="178" t="s">
         <v>145</v>
       </c>
-      <c r="AG1" s="301"/>
-      <c r="AH1" s="301"/>
+      <c r="AG1" s="178"/>
+      <c r="AH1" s="178"/>
       <c r="AI1" s="21"/>
-      <c r="AJ1" s="302" t="s">
+      <c r="AJ1" s="179" t="s">
         <v>52</v>
       </c>
-      <c r="AK1" s="302"/>
-[...1 lines deleted...]
-      <c r="AM1" s="299" t="s">
+      <c r="AK1" s="179"/>
+      <c r="AL1" s="179"/>
+      <c r="AM1" s="176" t="s">
         <v>63</v>
       </c>
-      <c r="AN1" s="299"/>
-[...1 lines deleted...]
-      <c r="AQ1" s="297" t="s">
+      <c r="AN1" s="176"/>
+      <c r="AO1" s="176"/>
+      <c r="AQ1" s="173" t="s">
         <v>55</v>
       </c>
-      <c r="AR1" s="297"/>
-[...6 lines deleted...]
-      <c r="AX1" s="307" t="s">
+      <c r="AR1" s="173"/>
+      <c r="AS1" s="173"/>
+      <c r="AT1" s="176" t="s">
+        <v>153</v>
+      </c>
+      <c r="AU1" s="176"/>
+      <c r="AV1" s="176"/>
+      <c r="AX1" s="184" t="s">
         <v>56</v>
       </c>
-      <c r="AY1" s="307"/>
-[...8 lines deleted...]
-      <c r="BJ1" s="294" t="s">
+      <c r="AY1" s="184"/>
+      <c r="AZ1" s="184"/>
+      <c r="BA1" s="184"/>
+      <c r="BB1" s="184"/>
+      <c r="BC1" s="184"/>
+      <c r="BD1" s="177"/>
+      <c r="BE1" s="177"/>
+      <c r="BF1" s="177"/>
+      <c r="BG1" s="177"/>
+      <c r="BJ1" s="169" t="s">
         <v>74</v>
       </c>
-      <c r="BK1" s="294"/>
-[...15 lines deleted...]
-      <c r="J2" s="289" t="s">
+      <c r="BK1" s="169"/>
+      <c r="BL1" s="169"/>
+      <c r="BM1" s="169"/>
+      <c r="BN1" s="169"/>
+      <c r="BO1" s="169"/>
+      <c r="BP1" s="169"/>
+      <c r="BQ1" s="169"/>
+      <c r="BR1" s="169"/>
+    </row>
+    <row r="2" spans="1:94" s="3" customFormat="1" ht="15" customHeight="1">
+      <c r="D2" s="182"/>
+      <c r="E2" s="182"/>
+      <c r="F2" s="182"/>
+      <c r="G2" s="182"/>
+      <c r="H2" s="182"/>
+      <c r="I2" s="182"/>
+      <c r="J2" s="201" t="s">
         <v>57</v>
       </c>
-      <c r="K2" s="289"/>
-[...20 lines deleted...]
-      <c r="Z2" s="293"/>
+      <c r="K2" s="201"/>
+      <c r="L2" s="201"/>
+      <c r="M2" s="201"/>
+      <c r="N2" s="201"/>
+      <c r="O2" s="201"/>
+      <c r="P2" s="201"/>
+      <c r="Q2" s="201"/>
+      <c r="R2" s="201"/>
+      <c r="S2" s="201"/>
+      <c r="T2" s="201"/>
+      <c r="U2" s="175">
+        <v>10</v>
+      </c>
+      <c r="V2" s="175"/>
+      <c r="W2" s="174" t="s">
+        <v>25</v>
+      </c>
+      <c r="X2" s="174"/>
+      <c r="Y2" s="175">
+        <v>2026</v>
+      </c>
+      <c r="Z2" s="175"/>
       <c r="AA2" s="22"/>
-      <c r="AB2" s="245" t="s">
+      <c r="AB2" s="274" t="s">
         <v>58</v>
       </c>
-      <c r="AC2" s="245"/>
-[...2 lines deleted...]
-      <c r="AF2" s="281">
+      <c r="AC2" s="274"/>
+      <c r="AD2" s="274"/>
+      <c r="AE2" s="274"/>
+      <c r="AF2" s="190">
         <v>0.41666666666666669</v>
       </c>
-      <c r="AG2" s="281"/>
-[...1 lines deleted...]
-      <c r="AI2" s="281"/>
+      <c r="AG2" s="190"/>
+      <c r="AH2" s="190"/>
+      <c r="AI2" s="190"/>
       <c r="AK2" s="26" t="s">
         <v>59</v>
       </c>
       <c r="AM2" s="19"/>
       <c r="AN2" s="19"/>
       <c r="AP2" s="21"/>
       <c r="AQ2" s="21"/>
       <c r="AR2" s="21"/>
       <c r="AS2" s="21"/>
       <c r="AT2" s="21"/>
       <c r="AU2" s="21"/>
-      <c r="AV2" s="295"/>
-[...12 lines deleted...]
-    <row r="3" spans="1:94" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="AV2" s="170"/>
+      <c r="AW2" s="170"/>
+      <c r="AX2" s="170"/>
+      <c r="AY2" s="170"/>
+      <c r="AZ2" s="170"/>
+      <c r="BA2" s="170"/>
+      <c r="BB2" s="170"/>
+      <c r="BC2" s="170"/>
+      <c r="BD2" s="170"/>
+      <c r="BE2" s="170"/>
+      <c r="BF2" s="170"/>
+      <c r="BG2" s="170"/>
+      <c r="BJ2" s="305" t="s">
+        <v>146</v>
+      </c>
+      <c r="BK2" s="305"/>
+      <c r="BL2" s="305"/>
+      <c r="BM2" s="305"/>
+      <c r="BN2" s="305"/>
+      <c r="BO2" s="305"/>
+      <c r="BP2" s="305"/>
+      <c r="BQ2" s="305"/>
+      <c r="BR2" s="305"/>
+    </row>
+    <row r="3" spans="1:94" s="3" customFormat="1" ht="15" customHeight="1" thickBot="1">
       <c r="A3" s="18"/>
       <c r="B3" s="18"/>
       <c r="C3" s="18"/>
-      <c r="D3" s="306"/>
-[...4 lines deleted...]
-      <c r="I3" s="306"/>
+      <c r="D3" s="183"/>
+      <c r="E3" s="183"/>
+      <c r="F3" s="183"/>
+      <c r="G3" s="183"/>
+      <c r="H3" s="183"/>
+      <c r="I3" s="183"/>
       <c r="J3" s="20"/>
-      <c r="K3" s="303"/>
-[...111 lines deleted...]
-      <c r="A5" s="206" t="s">
+      <c r="K3" s="180"/>
+      <c r="L3" s="180"/>
+      <c r="M3" s="180"/>
+      <c r="N3" s="180"/>
+      <c r="O3" s="180"/>
+      <c r="P3" s="180"/>
+      <c r="Q3" s="180"/>
+      <c r="R3" s="180"/>
+      <c r="S3" s="180"/>
+      <c r="T3" s="180"/>
+      <c r="U3" s="180"/>
+      <c r="V3" s="180"/>
+      <c r="W3" s="180"/>
+      <c r="X3" s="180"/>
+      <c r="Y3" s="180"/>
+      <c r="Z3" s="180"/>
+      <c r="AA3" s="180"/>
+      <c r="AB3" s="180"/>
+      <c r="AC3" s="180"/>
+      <c r="AD3" s="180"/>
+      <c r="AE3" s="180"/>
+      <c r="AF3" s="180"/>
+      <c r="AG3" s="180"/>
+      <c r="AH3" s="180"/>
+      <c r="AI3" s="180"/>
+      <c r="AJ3" s="180"/>
+      <c r="AK3" s="180"/>
+      <c r="AL3" s="180"/>
+      <c r="AM3" s="180"/>
+      <c r="AN3" s="180"/>
+      <c r="AO3" s="180"/>
+      <c r="AP3" s="180"/>
+      <c r="AQ3" s="180"/>
+      <c r="AR3" s="180"/>
+      <c r="AS3" s="180"/>
+      <c r="AT3" s="180"/>
+      <c r="AU3" s="180"/>
+      <c r="AV3" s="180"/>
+      <c r="AW3" s="180"/>
+      <c r="AX3" s="180"/>
+      <c r="AY3" s="180"/>
+      <c r="AZ3" s="180"/>
+      <c r="BA3" s="180"/>
+      <c r="BB3" s="180"/>
+      <c r="BC3" s="180"/>
+      <c r="BD3" s="180"/>
+      <c r="BE3" s="180"/>
+      <c r="BF3" s="180"/>
+      <c r="BG3" s="180"/>
+    </row>
+    <row r="4" spans="1:94" s="4" customFormat="1" ht="15" customHeight="1" thickBot="1">
+      <c r="A4" s="181"/>
+      <c r="B4" s="181"/>
+      <c r="C4" s="181"/>
+      <c r="D4" s="181"/>
+      <c r="E4" s="181"/>
+      <c r="F4" s="181"/>
+      <c r="G4" s="181"/>
+      <c r="H4" s="181"/>
+      <c r="I4" s="181"/>
+      <c r="J4" s="181"/>
+      <c r="K4" s="181"/>
+      <c r="L4" s="181"/>
+      <c r="M4" s="181"/>
+      <c r="N4" s="181"/>
+      <c r="O4" s="181"/>
+      <c r="P4" s="181"/>
+      <c r="Q4" s="181"/>
+      <c r="R4" s="181"/>
+      <c r="S4" s="181"/>
+      <c r="T4" s="181"/>
+      <c r="U4" s="181"/>
+      <c r="V4" s="181"/>
+      <c r="W4" s="181"/>
+      <c r="X4" s="181"/>
+      <c r="Y4" s="181"/>
+      <c r="Z4" s="181"/>
+      <c r="AA4" s="181"/>
+      <c r="AB4" s="181"/>
+      <c r="AC4" s="181"/>
+      <c r="AD4" s="181"/>
+      <c r="AE4" s="181"/>
+      <c r="AF4" s="181"/>
+      <c r="AG4" s="181"/>
+      <c r="AH4" s="181"/>
+      <c r="AI4" s="181"/>
+      <c r="AJ4" s="181"/>
+      <c r="AK4" s="181"/>
+      <c r="AL4" s="181"/>
+      <c r="AM4" s="181"/>
+      <c r="AN4" s="181"/>
+      <c r="AO4" s="181"/>
+      <c r="AP4" s="181"/>
+      <c r="AQ4" s="181"/>
+      <c r="AR4" s="181"/>
+      <c r="AS4" s="181"/>
+      <c r="AT4" s="181"/>
+      <c r="AU4" s="181"/>
+      <c r="AV4" s="181"/>
+      <c r="AW4" s="181"/>
+      <c r="AX4" s="181"/>
+      <c r="AY4" s="181"/>
+      <c r="AZ4" s="181"/>
+      <c r="BA4" s="181"/>
+      <c r="BB4" s="181"/>
+      <c r="BC4" s="181"/>
+      <c r="BD4" s="181"/>
+      <c r="BE4" s="181"/>
+      <c r="BF4" s="181"/>
+      <c r="BG4" s="181"/>
+    </row>
+    <row r="5" spans="1:94" s="4" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
+      <c r="A5" s="189" t="s">
         <v>60</v>
       </c>
-      <c r="B5" s="206"/>
-[...22 lines deleted...]
-      <c r="Y5" s="193" t="s">
+      <c r="B5" s="189"/>
+      <c r="C5" s="189"/>
+      <c r="D5" s="189"/>
+      <c r="E5" s="280" t="s">
+        <v>85</v>
+      </c>
+      <c r="F5" s="281"/>
+      <c r="G5" s="281"/>
+      <c r="H5" s="281"/>
+      <c r="I5" s="281"/>
+      <c r="J5" s="281"/>
+      <c r="K5" s="281"/>
+      <c r="L5" s="281"/>
+      <c r="M5" s="281"/>
+      <c r="N5" s="281"/>
+      <c r="O5" s="281"/>
+      <c r="P5" s="281"/>
+      <c r="Q5" s="281"/>
+      <c r="R5" s="281"/>
+      <c r="S5" s="281"/>
+      <c r="T5" s="281"/>
+      <c r="U5" s="281"/>
+      <c r="V5" s="282"/>
+      <c r="Y5" s="272" t="s">
         <v>115</v>
       </c>
-      <c r="Z5" s="193"/>
-[...3 lines deleted...]
-      <c r="AD5" s="194">
+      <c r="Z5" s="272"/>
+      <c r="AA5" s="272"/>
+      <c r="AB5" s="272"/>
+      <c r="AC5" s="272"/>
+      <c r="AD5" s="259">
         <v>2</v>
       </c>
-      <c r="AE5" s="195"/>
-[...1 lines deleted...]
-      <c r="AJ5" s="279" t="s">
+      <c r="AE5" s="260"/>
+      <c r="AF5" s="261"/>
+      <c r="AJ5" s="187" t="s">
         <v>0</v>
       </c>
-      <c r="AK5" s="292"/>
+      <c r="AK5" s="205"/>
       <c r="AL5" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="AM5" s="290" t="s">
+      <c r="AM5" s="185" t="s">
         <v>1</v>
       </c>
-      <c r="AN5" s="291"/>
+      <c r="AN5" s="186"/>
       <c r="AO5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="AP5" s="279" t="s">
+      <c r="AP5" s="187" t="s">
         <v>0</v>
       </c>
-      <c r="AQ5" s="280"/>
+      <c r="AQ5" s="188"/>
       <c r="AR5" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="AS5" s="290" t="s">
+      <c r="AS5" s="185" t="s">
         <v>1</v>
       </c>
-      <c r="AT5" s="291"/>
+      <c r="AT5" s="186"/>
       <c r="AU5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="AV5" s="279" t="s">
+      <c r="AV5" s="187" t="s">
         <v>0</v>
       </c>
-      <c r="AW5" s="280"/>
+      <c r="AW5" s="188"/>
       <c r="AX5" s="34" t="s">
         <v>4</v>
       </c>
-      <c r="AY5" s="290" t="s">
+      <c r="AY5" s="185" t="s">
         <v>1</v>
       </c>
-      <c r="AZ5" s="291"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AZ5" s="186"/>
+    </row>
+    <row r="6" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="E6" s="16"/>
       <c r="F6" s="16"/>
       <c r="G6" s="16"/>
       <c r="H6" s="16"/>
       <c r="I6" s="16"/>
       <c r="J6" s="16"/>
       <c r="K6" s="16"/>
       <c r="L6" s="16"/>
       <c r="M6" s="16"/>
       <c r="N6" s="16"/>
       <c r="AJ6" s="81" t="s">
         <v>8</v>
       </c>
       <c r="AK6" s="82" t="s">
         <v>44</v>
       </c>
       <c r="AL6" s="60" t="s">
         <v>4</v>
       </c>
       <c r="AM6" s="79" t="s">
         <v>44</v>
       </c>
       <c r="AN6" s="80" t="s">
         <v>8</v>
       </c>
@@ -5558,1280 +6134,1376 @@
       <c r="AR6" s="83" t="s">
         <v>4</v>
       </c>
       <c r="AS6" s="87" t="s">
         <v>44</v>
       </c>
       <c r="AT6" s="80" t="s">
         <v>8</v>
       </c>
       <c r="AU6" s="27"/>
       <c r="AV6" s="81" t="s">
         <v>8</v>
       </c>
       <c r="AW6" s="90" t="s">
         <v>44</v>
       </c>
       <c r="AX6" s="59" t="s">
         <v>4</v>
       </c>
       <c r="AY6" s="79" t="s">
         <v>44</v>
       </c>
       <c r="AZ6" s="91" t="s">
         <v>8</v>
       </c>
-      <c r="CL6" s="296"/>
-[...5 lines deleted...]
-    <row r="7" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="CL6" s="171"/>
+      <c r="CM6" s="171"/>
+      <c r="CN6" s="171"/>
+      <c r="CO6" s="171"/>
+      <c r="CP6" s="171"/>
+    </row>
+    <row r="7" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A7" s="5"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="6"/>
       <c r="G7" s="7"/>
-      <c r="H7" s="272">
+      <c r="H7" s="236">
         <f>IF(V8&gt;U9,T9,)</f>
         <v>0</v>
       </c>
-      <c r="I7" s="272"/>
-[...7 lines deleted...]
-      <c r="Q7" s="273" t="str">
+      <c r="I7" s="236"/>
+      <c r="J7" s="236"/>
+      <c r="K7" s="236"/>
+      <c r="L7" s="236"/>
+      <c r="M7" s="236"/>
+      <c r="N7" s="236"/>
+      <c r="O7" s="236"/>
+      <c r="P7" s="236"/>
+      <c r="Q7" s="267" t="str">
         <f>IF(Z9&gt;V8,AB9,)</f>
         <v>Tps morts:</v>
       </c>
-      <c r="R7" s="274"/>
-[...4 lines deleted...]
-      <c r="W7" s="193" t="s">
+      <c r="R7" s="268"/>
+      <c r="S7" s="268"/>
+      <c r="T7" s="268"/>
+      <c r="U7" s="268"/>
+      <c r="V7" s="269"/>
+      <c r="W7" s="272" t="s">
         <v>9</v>
       </c>
-      <c r="X7" s="193"/>
-[...7 lines deleted...]
-      <c r="AF7" s="216"/>
+      <c r="X7" s="272"/>
+      <c r="Y7" s="273"/>
+      <c r="Z7" s="277"/>
+      <c r="AA7" s="278"/>
+      <c r="AB7" s="278"/>
+      <c r="AC7" s="278"/>
+      <c r="AD7" s="278"/>
+      <c r="AE7" s="278"/>
+      <c r="AF7" s="279"/>
       <c r="AJ7" s="61"/>
       <c r="AK7" s="62"/>
       <c r="AL7" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AM7" s="77"/>
       <c r="AN7" s="78"/>
       <c r="AO7" s="27"/>
       <c r="AP7" s="85"/>
       <c r="AQ7" s="86"/>
       <c r="AR7" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AS7" s="88"/>
       <c r="AT7" s="89"/>
       <c r="AU7" s="27"/>
       <c r="AV7" s="61"/>
       <c r="AW7" s="62"/>
       <c r="AX7" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AY7" s="88"/>
       <c r="AZ7" s="89"/>
-      <c r="CL7" s="296"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="CL7" s="171"/>
+      <c r="CM7" s="171"/>
+      <c r="CN7" s="171"/>
+      <c r="CO7" s="171"/>
+      <c r="CP7" s="171"/>
+    </row>
+    <row r="8" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A8" s="5"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="5"/>
       <c r="F8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G8" s="5"/>
-      <c r="H8" s="272"/>
-[...7 lines deleted...]
-      <c r="P8" s="272"/>
+      <c r="H8" s="236"/>
+      <c r="I8" s="236"/>
+      <c r="J8" s="236"/>
+      <c r="K8" s="236"/>
+      <c r="L8" s="236"/>
+      <c r="M8" s="236"/>
+      <c r="N8" s="236"/>
+      <c r="O8" s="236"/>
+      <c r="P8" s="236"/>
       <c r="Q8" s="30" t="s">
         <v>5</v>
       </c>
       <c r="R8" s="31"/>
       <c r="S8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="T8" s="31"/>
       <c r="U8" s="32" t="s">
         <v>7</v>
       </c>
       <c r="V8" s="33"/>
       <c r="AJ8" s="63"/>
       <c r="AK8" s="64"/>
       <c r="AL8" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AM8" s="71"/>
       <c r="AN8" s="72"/>
       <c r="AO8" s="27"/>
       <c r="AP8" s="63"/>
       <c r="AQ8" s="64"/>
       <c r="AR8" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AS8" s="71"/>
       <c r="AT8" s="72"/>
       <c r="AU8" s="27"/>
       <c r="AV8" s="63"/>
       <c r="AW8" s="64"/>
       <c r="AX8" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AY8" s="71"/>
       <c r="AZ8" s="72"/>
-      <c r="CL8" s="296"/>
-[...6 lines deleted...]
-      <c r="A9" s="207" t="s">
+      <c r="CL8" s="171"/>
+      <c r="CM8" s="171"/>
+      <c r="CN8" s="171"/>
+      <c r="CO8" s="171"/>
+      <c r="CP8" s="171"/>
+    </row>
+    <row r="9" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A9" s="215" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="207"/>
-[...4 lines deleted...]
-      <c r="G9" s="207"/>
+      <c r="B9" s="215"/>
+      <c r="C9" s="215"/>
+      <c r="D9" s="215"/>
+      <c r="E9" s="215"/>
+      <c r="F9" s="215"/>
+      <c r="G9" s="215"/>
       <c r="H9" s="5"/>
       <c r="I9" s="5"/>
       <c r="J9" s="8"/>
-      <c r="T9" s="272" t="s">
+      <c r="T9" s="236" t="s">
         <v>10</v>
       </c>
-      <c r="U9" s="272"/>
-[...3 lines deleted...]
-      <c r="Y9" s="272"/>
+      <c r="U9" s="236"/>
+      <c r="V9" s="236"/>
+      <c r="W9" s="236"/>
+      <c r="X9" s="236"/>
+      <c r="Y9" s="236"/>
       <c r="Z9" s="12">
         <v>1</v>
       </c>
       <c r="AA9" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="AB9" s="271" t="s">
+      <c r="AB9" s="216" t="s">
         <v>33</v>
       </c>
-      <c r="AC9" s="271"/>
-[...2 lines deleted...]
-      <c r="AF9" s="271"/>
+      <c r="AC9" s="216"/>
+      <c r="AD9" s="216"/>
+      <c r="AE9" s="216"/>
+      <c r="AF9" s="216"/>
       <c r="AG9" s="23" t="s">
         <v>35</v>
       </c>
       <c r="AH9" s="14"/>
       <c r="AI9" s="14"/>
       <c r="AJ9" s="63"/>
       <c r="AK9" s="64"/>
       <c r="AL9" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AM9" s="71"/>
       <c r="AN9" s="72"/>
       <c r="AO9" s="27"/>
       <c r="AP9" s="63"/>
       <c r="AQ9" s="64"/>
       <c r="AR9" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AS9" s="71"/>
       <c r="AT9" s="72"/>
       <c r="AU9" s="27"/>
       <c r="AV9" s="63"/>
       <c r="AW9" s="64"/>
       <c r="AX9" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AY9" s="71"/>
       <c r="AZ9" s="72"/>
-      <c r="CL9" s="296"/>
-[...5 lines deleted...]
-    <row r="10" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="CL9" s="171"/>
+      <c r="CM9" s="171"/>
+      <c r="CN9" s="171"/>
+      <c r="CO9" s="171"/>
+      <c r="CP9" s="171"/>
+    </row>
+    <row r="10" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A10" s="50">
         <v>1</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C10" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F10" s="233" t="s">
+      <c r="F10" s="275" t="s">
         <v>75</v>
       </c>
-      <c r="G10" s="227" t="s">
+      <c r="G10" s="206" t="s">
         <v>76</v>
       </c>
-      <c r="H10" s="228"/>
-[...2 lines deleted...]
-      <c r="K10" s="227" t="s">
+      <c r="H10" s="207"/>
+      <c r="I10" s="207"/>
+      <c r="J10" s="208"/>
+      <c r="K10" s="206" t="s">
         <v>43</v>
       </c>
-      <c r="L10" s="228"/>
-[...6 lines deleted...]
-      <c r="S10" s="225" t="s">
+      <c r="L10" s="207"/>
+      <c r="M10" s="207"/>
+      <c r="N10" s="207"/>
+      <c r="O10" s="207"/>
+      <c r="P10" s="207"/>
+      <c r="Q10" s="207"/>
+      <c r="R10" s="208"/>
+      <c r="S10" s="262" t="s">
         <v>52</v>
       </c>
-      <c r="T10" s="211" t="s">
+      <c r="T10" s="202" t="s">
         <v>11</v>
       </c>
-      <c r="U10" s="212"/>
-[...6 lines deleted...]
-      <c r="AB10" s="251" t="s">
+      <c r="U10" s="203"/>
+      <c r="V10" s="203"/>
+      <c r="W10" s="203"/>
+      <c r="X10" s="203"/>
+      <c r="Y10" s="203"/>
+      <c r="Z10" s="204"/>
+      <c r="AA10" s="114"/>
+      <c r="AB10" s="246" t="s">
         <v>12</v>
       </c>
-      <c r="AC10" s="252"/>
-[...2 lines deleted...]
-      <c r="AF10" s="253"/>
+      <c r="AC10" s="247"/>
+      <c r="AD10" s="247"/>
+      <c r="AE10" s="247"/>
+      <c r="AF10" s="248"/>
       <c r="AG10" s="14"/>
       <c r="AJ10" s="63"/>
       <c r="AK10" s="64"/>
       <c r="AL10" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AM10" s="71"/>
       <c r="AN10" s="72"/>
       <c r="AO10" s="27"/>
       <c r="AP10" s="63"/>
       <c r="AQ10" s="64"/>
       <c r="AR10" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AS10" s="71"/>
       <c r="AT10" s="72"/>
       <c r="AU10" s="27"/>
       <c r="AV10" s="63"/>
       <c r="AW10" s="64"/>
       <c r="AX10" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AY10" s="71"/>
       <c r="AZ10" s="72"/>
     </row>
-    <row r="11" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A11" s="50"/>
       <c r="B11" s="10"/>
       <c r="C11" s="10"/>
       <c r="D11" s="10"/>
       <c r="E11" s="10"/>
-      <c r="F11" s="234"/>
-[...13 lines deleted...]
-      <c r="T11" s="118" t="s">
+      <c r="F11" s="276"/>
+      <c r="G11" s="209"/>
+      <c r="H11" s="210"/>
+      <c r="I11" s="210"/>
+      <c r="J11" s="211"/>
+      <c r="K11" s="209"/>
+      <c r="L11" s="210"/>
+      <c r="M11" s="210"/>
+      <c r="N11" s="210"/>
+      <c r="O11" s="210"/>
+      <c r="P11" s="210"/>
+      <c r="Q11" s="210"/>
+      <c r="R11" s="211"/>
+      <c r="S11" s="263"/>
+      <c r="T11" s="115" t="s">
         <v>13</v>
       </c>
-      <c r="U11" s="118">
+      <c r="U11" s="115">
         <v>1</v>
       </c>
-      <c r="V11" s="120">
+      <c r="V11" s="117">
         <v>2</v>
       </c>
-      <c r="W11" s="118">
+      <c r="W11" s="115">
         <v>3</v>
       </c>
-      <c r="X11" s="118">
+      <c r="X11" s="115">
         <v>4</v>
       </c>
-      <c r="Y11" s="118">
+      <c r="Y11" s="115">
         <v>5</v>
       </c>
-      <c r="Z11" s="118">
+      <c r="Z11" s="115">
         <v>6</v>
       </c>
-      <c r="AA11" s="122"/>
-      <c r="AB11" s="123">
+      <c r="AA11" s="119"/>
+      <c r="AB11" s="120">
         <v>1</v>
       </c>
-      <c r="AC11" s="123">
+      <c r="AC11" s="120">
         <v>2</v>
       </c>
-      <c r="AD11" s="123">
+      <c r="AD11" s="120">
         <v>3</v>
       </c>
-      <c r="AE11" s="123">
+      <c r="AE11" s="120">
         <v>4</v>
       </c>
-      <c r="AF11" s="123">
+      <c r="AF11" s="120">
         <v>5</v>
       </c>
       <c r="AG11" s="14"/>
       <c r="AJ11" s="63"/>
       <c r="AK11" s="64"/>
       <c r="AL11" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AM11" s="71"/>
       <c r="AN11" s="72"/>
       <c r="AO11" s="27"/>
       <c r="AP11" s="63"/>
       <c r="AQ11" s="64"/>
       <c r="AR11" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AS11" s="71"/>
       <c r="AT11" s="72"/>
       <c r="AU11" s="27"/>
       <c r="AV11" s="63"/>
       <c r="AW11" s="64"/>
       <c r="AX11" s="35" t="s">
         <v>4</v>
       </c>
       <c r="AY11" s="71"/>
       <c r="AZ11" s="72"/>
     </row>
-    <row r="12" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A12" s="50">
         <v>2</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F12" s="114"/>
-[...12 lines deleted...]
-      <c r="S12" s="115"/>
+      <c r="F12" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K12,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K12,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G12" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K12,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H12" s="213"/>
+      <c r="I12" s="213"/>
+      <c r="J12" s="214"/>
+      <c r="K12" s="264"/>
+      <c r="L12" s="265"/>
+      <c r="M12" s="265"/>
+      <c r="N12" s="265"/>
+      <c r="O12" s="265"/>
+      <c r="P12" s="265"/>
+      <c r="Q12" s="265"/>
+      <c r="R12" s="266"/>
+      <c r="S12" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K12,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T12" s="38"/>
       <c r="U12" s="40"/>
       <c r="V12" s="44"/>
       <c r="W12" s="41"/>
       <c r="X12" s="41"/>
       <c r="Y12" s="41"/>
       <c r="Z12" s="42"/>
       <c r="AB12" s="101"/>
       <c r="AC12" s="102"/>
       <c r="AD12" s="102"/>
       <c r="AE12" s="102"/>
       <c r="AF12" s="103"/>
-      <c r="AG12" s="201">
+      <c r="AG12" s="172">
         <f>IF(AF12&gt;AA12,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH12" s="201"/>
+      <c r="AH12" s="172"/>
       <c r="AJ12" s="65"/>
       <c r="AK12" s="66"/>
       <c r="AL12" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM12" s="73"/>
       <c r="AN12" s="74"/>
       <c r="AO12" s="28"/>
       <c r="AP12" s="65"/>
       <c r="AQ12" s="66"/>
       <c r="AR12" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS12" s="73"/>
       <c r="AT12" s="74"/>
       <c r="AU12" s="28"/>
       <c r="AV12" s="65"/>
       <c r="AW12" s="66"/>
       <c r="AX12" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY12" s="73"/>
       <c r="AZ12" s="74"/>
       <c r="BB12" s="17"/>
       <c r="BC12" s="17"/>
       <c r="BD12" s="17"/>
       <c r="BE12" s="17"/>
       <c r="BF12" s="17"/>
       <c r="BG12" s="17"/>
     </row>
-    <row r="13" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A13" s="50"/>
       <c r="B13" s="11"/>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
-      <c r="F13" s="113"/>
-[...12 lines deleted...]
-      <c r="S13" s="113"/>
+      <c r="F13" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K13,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K13,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G13" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K13,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H13" s="213"/>
+      <c r="I13" s="213"/>
+      <c r="J13" s="214"/>
+      <c r="K13" s="218"/>
+      <c r="L13" s="219"/>
+      <c r="M13" s="219"/>
+      <c r="N13" s="219"/>
+      <c r="O13" s="219"/>
+      <c r="P13" s="219"/>
+      <c r="Q13" s="219"/>
+      <c r="R13" s="220"/>
+      <c r="S13" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K13,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T13" s="39"/>
       <c r="U13" s="43"/>
       <c r="V13" s="44"/>
       <c r="W13" s="44"/>
       <c r="X13" s="44"/>
       <c r="Y13" s="44"/>
       <c r="Z13" s="45"/>
       <c r="AB13" s="104"/>
       <c r="AC13" s="105"/>
       <c r="AD13" s="105"/>
       <c r="AE13" s="105"/>
       <c r="AF13" s="106"/>
-      <c r="AG13" s="201">
+      <c r="AG13" s="172">
         <f>IF(AF13&gt;AA13,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH13" s="201"/>
+      <c r="AH13" s="172"/>
       <c r="AJ13" s="65"/>
       <c r="AK13" s="64"/>
       <c r="AL13" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM13" s="73"/>
       <c r="AN13" s="74"/>
       <c r="AO13" s="28"/>
       <c r="AP13" s="65"/>
       <c r="AQ13" s="66"/>
       <c r="AR13" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS13" s="73"/>
       <c r="AT13" s="74"/>
       <c r="AU13" s="28"/>
       <c r="AV13" s="65"/>
       <c r="AW13" s="64"/>
       <c r="AX13" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY13" s="73"/>
       <c r="AZ13" s="74"/>
     </row>
-    <row r="14" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A14" s="50">
         <v>3</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C14" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F14" s="113"/>
-[...12 lines deleted...]
-      <c r="S14" s="113"/>
+      <c r="F14" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K14,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K14,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G14" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K14,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H14" s="213"/>
+      <c r="I14" s="213"/>
+      <c r="J14" s="214"/>
+      <c r="K14" s="218"/>
+      <c r="L14" s="219"/>
+      <c r="M14" s="219"/>
+      <c r="N14" s="219"/>
+      <c r="O14" s="219"/>
+      <c r="P14" s="219"/>
+      <c r="Q14" s="219"/>
+      <c r="R14" s="220"/>
+      <c r="S14" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K14,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T14" s="39"/>
       <c r="U14" s="43"/>
       <c r="V14" s="44"/>
       <c r="W14" s="44"/>
       <c r="X14" s="44"/>
       <c r="Y14" s="44"/>
       <c r="Z14" s="45"/>
       <c r="AB14" s="104"/>
       <c r="AC14" s="105"/>
       <c r="AD14" s="105"/>
       <c r="AE14" s="105"/>
       <c r="AF14" s="106"/>
-      <c r="AG14" s="201">
+      <c r="AG14" s="172">
         <f>IF(AF14&gt;AA14,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH14" s="201"/>
+      <c r="AH14" s="172"/>
       <c r="AJ14" s="65"/>
       <c r="AK14" s="64"/>
       <c r="AL14" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM14" s="73"/>
       <c r="AN14" s="74"/>
       <c r="AO14" s="28"/>
       <c r="AP14" s="65"/>
       <c r="AQ14" s="66"/>
       <c r="AR14" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS14" s="73"/>
       <c r="AT14" s="74"/>
       <c r="AU14" s="28"/>
       <c r="AV14" s="65"/>
       <c r="AW14" s="64"/>
       <c r="AX14" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY14" s="73"/>
       <c r="AZ14" s="74"/>
     </row>
-    <row r="15" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A15" s="50"/>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
-      <c r="F15" s="113"/>
-[...12 lines deleted...]
-      <c r="S15" s="113"/>
+      <c r="F15" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K15,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K15,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G15" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K15,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H15" s="213"/>
+      <c r="I15" s="213"/>
+      <c r="J15" s="214"/>
+      <c r="K15" s="218"/>
+      <c r="L15" s="219"/>
+      <c r="M15" s="219"/>
+      <c r="N15" s="219"/>
+      <c r="O15" s="219"/>
+      <c r="P15" s="219"/>
+      <c r="Q15" s="219"/>
+      <c r="R15" s="220"/>
+      <c r="S15" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K15,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T15" s="39"/>
       <c r="U15" s="43"/>
       <c r="V15" s="44"/>
       <c r="W15" s="44"/>
       <c r="X15" s="44"/>
       <c r="Y15" s="44"/>
       <c r="Z15" s="45"/>
       <c r="AB15" s="104"/>
       <c r="AC15" s="105"/>
       <c r="AD15" s="105"/>
       <c r="AE15" s="105"/>
       <c r="AF15" s="106"/>
-      <c r="AG15" s="201">
+      <c r="AG15" s="172">
         <f>IF(AF15&gt;AA15,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH15" s="201"/>
+      <c r="AH15" s="172"/>
       <c r="AJ15" s="65"/>
       <c r="AK15" s="64"/>
       <c r="AL15" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM15" s="73"/>
       <c r="AN15" s="74"/>
       <c r="AO15" s="28"/>
       <c r="AP15" s="65"/>
       <c r="AQ15" s="66"/>
       <c r="AR15" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS15" s="73"/>
       <c r="AT15" s="74"/>
       <c r="AU15" s="28"/>
       <c r="AV15" s="65"/>
       <c r="AW15" s="64"/>
       <c r="AX15" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY15" s="73"/>
       <c r="AZ15" s="74"/>
     </row>
-    <row r="16" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:94" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A16" s="50">
         <v>4</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C16" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F16" s="113"/>
-[...12 lines deleted...]
-      <c r="S16" s="113"/>
+      <c r="F16" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K16,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K16,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G16" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K16,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H16" s="213"/>
+      <c r="I16" s="213"/>
+      <c r="J16" s="214"/>
+      <c r="K16" s="218"/>
+      <c r="L16" s="219"/>
+      <c r="M16" s="219"/>
+      <c r="N16" s="219"/>
+      <c r="O16" s="219"/>
+      <c r="P16" s="219"/>
+      <c r="Q16" s="219"/>
+      <c r="R16" s="220"/>
+      <c r="S16" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K16,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T16" s="39"/>
       <c r="U16" s="43"/>
       <c r="V16" s="44"/>
       <c r="W16" s="44"/>
       <c r="X16" s="44"/>
       <c r="Y16" s="44"/>
       <c r="Z16" s="45"/>
       <c r="AB16" s="104"/>
       <c r="AC16" s="105"/>
       <c r="AD16" s="105"/>
       <c r="AE16" s="105"/>
       <c r="AF16" s="106"/>
-      <c r="AG16" s="201">
+      <c r="AG16" s="172">
         <f>IF(AF16&gt;AA16,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH16" s="201"/>
+      <c r="AH16" s="172"/>
       <c r="AJ16" s="65"/>
       <c r="AK16" s="64"/>
       <c r="AL16" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM16" s="73"/>
       <c r="AN16" s="74"/>
       <c r="AO16" s="28"/>
       <c r="AP16" s="65"/>
       <c r="AQ16" s="66"/>
       <c r="AR16" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS16" s="73"/>
       <c r="AT16" s="74"/>
       <c r="AU16" s="28"/>
       <c r="AV16" s="65"/>
       <c r="AW16" s="64"/>
       <c r="AX16" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY16" s="73"/>
       <c r="AZ16" s="74"/>
-      <c r="BB16" s="284"/>
-[...1 lines deleted...]
-      <c r="BD16" s="282" t="s">
+      <c r="BB16" s="196"/>
+      <c r="BC16" s="197"/>
+      <c r="BD16" s="192" t="s">
         <v>32</v>
       </c>
-      <c r="BE16" s="283"/>
-      <c r="BF16" s="287" t="s">
+      <c r="BE16" s="193"/>
+      <c r="BF16" s="199" t="s">
         <v>1</v>
       </c>
-      <c r="BG16" s="288"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BG16" s="200"/>
+    </row>
+    <row r="17" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A17" s="50"/>
       <c r="B17" s="11"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
-      <c r="F17" s="113"/>
-[...12 lines deleted...]
-      <c r="S17" s="113"/>
+      <c r="F17" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K17,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K17,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G17" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K17,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H17" s="213"/>
+      <c r="I17" s="213"/>
+      <c r="J17" s="214"/>
+      <c r="K17" s="218"/>
+      <c r="L17" s="219"/>
+      <c r="M17" s="219"/>
+      <c r="N17" s="219"/>
+      <c r="O17" s="219"/>
+      <c r="P17" s="219"/>
+      <c r="Q17" s="219"/>
+      <c r="R17" s="220"/>
+      <c r="S17" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K17,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T17" s="39"/>
       <c r="U17" s="43"/>
       <c r="V17" s="44"/>
       <c r="W17" s="44"/>
       <c r="X17" s="44"/>
       <c r="Y17" s="44"/>
       <c r="Z17" s="45"/>
       <c r="AB17" s="104"/>
       <c r="AC17" s="105"/>
       <c r="AD17" s="105"/>
       <c r="AE17" s="105"/>
       <c r="AF17" s="106"/>
-      <c r="AG17" s="201">
+      <c r="AG17" s="172">
         <f>IF(AF17&gt;AA17,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH17" s="201"/>
+      <c r="AH17" s="172"/>
       <c r="AJ17" s="65"/>
       <c r="AK17" s="64"/>
       <c r="AL17" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM17" s="73"/>
       <c r="AN17" s="74"/>
       <c r="AO17" s="28"/>
       <c r="AP17" s="65"/>
       <c r="AQ17" s="66"/>
       <c r="AR17" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS17" s="73"/>
       <c r="AT17" s="74"/>
       <c r="AU17" s="28"/>
       <c r="AV17" s="65"/>
       <c r="AW17" s="64"/>
       <c r="AX17" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY17" s="73"/>
       <c r="AZ17" s="74"/>
-      <c r="BB17" s="203" t="s">
+      <c r="BB17" s="194" t="s">
         <v>14</v>
       </c>
-      <c r="BC17" s="204"/>
-      <c r="BD17" s="286">
+      <c r="BC17" s="195"/>
+      <c r="BD17" s="198">
         <f>+AK24</f>
         <v>0</v>
       </c>
-      <c r="BE17" s="286"/>
-      <c r="BF17" s="286">
+      <c r="BE17" s="198"/>
+      <c r="BF17" s="198">
         <f>+AM24</f>
         <v>0</v>
       </c>
-      <c r="BG17" s="286"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BG17" s="198"/>
+    </row>
+    <row r="18" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A18" s="50">
         <v>5</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D18" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F18" s="113"/>
-[...12 lines deleted...]
-      <c r="S18" s="113"/>
+      <c r="F18" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K18,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K18,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G18" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K18,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H18" s="213"/>
+      <c r="I18" s="213"/>
+      <c r="J18" s="214"/>
+      <c r="K18" s="218"/>
+      <c r="L18" s="219"/>
+      <c r="M18" s="219"/>
+      <c r="N18" s="219"/>
+      <c r="O18" s="219"/>
+      <c r="P18" s="219"/>
+      <c r="Q18" s="219"/>
+      <c r="R18" s="220"/>
+      <c r="S18" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K18,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T18" s="39"/>
       <c r="U18" s="43"/>
       <c r="V18" s="44"/>
       <c r="W18" s="44"/>
       <c r="X18" s="44"/>
       <c r="Y18" s="44"/>
       <c r="Z18" s="45"/>
       <c r="AB18" s="104"/>
       <c r="AC18" s="105"/>
       <c r="AD18" s="105"/>
       <c r="AE18" s="105"/>
       <c r="AF18" s="106"/>
-      <c r="AG18" s="201">
+      <c r="AG18" s="172">
         <f>IF(AF18&gt;AA18,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH18" s="201"/>
+      <c r="AH18" s="172"/>
       <c r="AJ18" s="65"/>
       <c r="AK18" s="64"/>
       <c r="AL18" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM18" s="73"/>
       <c r="AN18" s="74"/>
       <c r="AO18" s="28"/>
       <c r="AP18" s="65"/>
       <c r="AQ18" s="66"/>
       <c r="AR18" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS18" s="73"/>
       <c r="AT18" s="74"/>
       <c r="AU18" s="28"/>
       <c r="AV18" s="65"/>
       <c r="AW18" s="64"/>
       <c r="AX18" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY18" s="73"/>
       <c r="AZ18" s="74"/>
-      <c r="BB18" s="203" t="s">
+      <c r="BB18" s="194" t="s">
         <v>15</v>
       </c>
-      <c r="BC18" s="204"/>
-      <c r="BD18" s="270">
+      <c r="BC18" s="195"/>
+      <c r="BD18" s="191">
         <f>+AQ24</f>
         <v>0</v>
       </c>
-      <c r="BE18" s="270"/>
-      <c r="BF18" s="270">
+      <c r="BE18" s="191"/>
+      <c r="BF18" s="191">
         <f>+AS24</f>
         <v>0</v>
       </c>
-      <c r="BG18" s="270"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BG18" s="191"/>
+    </row>
+    <row r="19" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A19" s="50"/>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
-      <c r="F19" s="113"/>
-[...12 lines deleted...]
-      <c r="S19" s="113"/>
+      <c r="F19" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K19,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K19,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G19" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K19,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H19" s="213"/>
+      <c r="I19" s="213"/>
+      <c r="J19" s="214"/>
+      <c r="K19" s="218"/>
+      <c r="L19" s="219"/>
+      <c r="M19" s="219"/>
+      <c r="N19" s="219"/>
+      <c r="O19" s="219"/>
+      <c r="P19" s="219"/>
+      <c r="Q19" s="219"/>
+      <c r="R19" s="220"/>
+      <c r="S19" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K19,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T19" s="39"/>
       <c r="U19" s="43"/>
       <c r="V19" s="44"/>
       <c r="W19" s="44"/>
       <c r="X19" s="44"/>
       <c r="Y19" s="44"/>
       <c r="Z19" s="45"/>
       <c r="AB19" s="104"/>
       <c r="AC19" s="105"/>
       <c r="AD19" s="105"/>
       <c r="AE19" s="105"/>
       <c r="AF19" s="106"/>
-      <c r="AG19" s="201">
+      <c r="AG19" s="172">
         <f>IF(AF19&gt;AA19,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH19" s="201"/>
+      <c r="AH19" s="172"/>
       <c r="AJ19" s="65"/>
       <c r="AK19" s="64"/>
       <c r="AL19" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM19" s="73"/>
       <c r="AN19" s="74"/>
       <c r="AO19" s="28"/>
       <c r="AP19" s="65"/>
       <c r="AQ19" s="66"/>
       <c r="AR19" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS19" s="73"/>
       <c r="AT19" s="74"/>
       <c r="AU19" s="28"/>
       <c r="AV19" s="65"/>
       <c r="AW19" s="64"/>
       <c r="AX19" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY19" s="73"/>
       <c r="AZ19" s="74"/>
-      <c r="BB19" s="203" t="s">
+      <c r="BB19" s="194" t="s">
         <v>16</v>
       </c>
-      <c r="BC19" s="204"/>
-      <c r="BD19" s="270">
+      <c r="BC19" s="195"/>
+      <c r="BD19" s="191">
         <f>+AW24</f>
         <v>0</v>
       </c>
-      <c r="BE19" s="270"/>
-      <c r="BF19" s="270">
+      <c r="BE19" s="191"/>
+      <c r="BF19" s="191">
         <f>+AY24</f>
         <v>0</v>
       </c>
-      <c r="BG19" s="270"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BG19" s="191"/>
+    </row>
+    <row r="20" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A20" s="50">
         <v>6</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C20" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D20" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F20" s="113"/>
-[...12 lines deleted...]
-      <c r="S20" s="113"/>
+      <c r="F20" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K20,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K20,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G20" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K20,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H20" s="213"/>
+      <c r="I20" s="213"/>
+      <c r="J20" s="214"/>
+      <c r="K20" s="218"/>
+      <c r="L20" s="219"/>
+      <c r="M20" s="219"/>
+      <c r="N20" s="219"/>
+      <c r="O20" s="219"/>
+      <c r="P20" s="219"/>
+      <c r="Q20" s="219"/>
+      <c r="R20" s="220"/>
+      <c r="S20" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K20,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T20" s="39"/>
       <c r="U20" s="43"/>
       <c r="V20" s="44"/>
       <c r="W20" s="44"/>
       <c r="X20" s="44"/>
       <c r="Y20" s="44"/>
       <c r="Z20" s="45"/>
       <c r="AB20" s="104"/>
       <c r="AC20" s="105"/>
       <c r="AD20" s="105"/>
       <c r="AE20" s="105"/>
       <c r="AF20" s="106"/>
-      <c r="AG20" s="201">
+      <c r="AG20" s="172">
         <f>IF(AF20&gt;AA20,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH20" s="201"/>
+      <c r="AH20" s="172"/>
       <c r="AJ20" s="65"/>
       <c r="AK20" s="64"/>
       <c r="AL20" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM20" s="73"/>
       <c r="AN20" s="74"/>
       <c r="AO20" s="28"/>
       <c r="AP20" s="65"/>
       <c r="AQ20" s="66"/>
       <c r="AR20" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS20" s="73"/>
       <c r="AT20" s="74"/>
       <c r="AU20" s="28"/>
       <c r="AV20" s="65"/>
       <c r="AW20" s="64"/>
       <c r="AX20" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY20" s="73"/>
       <c r="AZ20" s="74"/>
-      <c r="BB20" s="203" t="s">
+      <c r="BB20" s="194" t="s">
         <v>17</v>
       </c>
-      <c r="BC20" s="204"/>
-      <c r="BD20" s="270">
+      <c r="BC20" s="195"/>
+      <c r="BD20" s="191">
         <f>+AK42</f>
         <v>0</v>
       </c>
-      <c r="BE20" s="270"/>
-      <c r="BF20" s="270">
+      <c r="BE20" s="191"/>
+      <c r="BF20" s="191">
         <f>+AM42</f>
         <v>0</v>
       </c>
-      <c r="BG20" s="270"/>
-[...15 lines deleted...]
-      <c r="S21" s="113"/>
+      <c r="BG20" s="191"/>
+    </row>
+    <row r="21" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
+      <c r="F21" s="167" t="str">
+        <f>IFERROR(IF(INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K21,'Licenciés U11'!$A$2:$A$46,0))=0,"",INDEX('Licenciés U11'!$D$2:$D$46,MATCH(K21,'Licenciés U11'!$A$2:$A$46,0))),"")</f>
+        <v/>
+      </c>
+      <c r="G21" s="212" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$B$2:$B$46,MATCH(K21,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="H21" s="213"/>
+      <c r="I21" s="213"/>
+      <c r="J21" s="214"/>
+      <c r="K21" s="218"/>
+      <c r="L21" s="219"/>
+      <c r="M21" s="219"/>
+      <c r="N21" s="219"/>
+      <c r="O21" s="219"/>
+      <c r="P21" s="219"/>
+      <c r="Q21" s="219"/>
+      <c r="R21" s="220"/>
+      <c r="S21" s="167" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$C$2:$C$46,MATCH(K21,'Licenciés U11'!$A$2:$A$46,0)),"")</f>
+        <v/>
+      </c>
       <c r="T21" s="46"/>
       <c r="U21" s="47"/>
       <c r="V21" s="44"/>
       <c r="W21" s="48"/>
       <c r="X21" s="48"/>
       <c r="Y21" s="48"/>
       <c r="Z21" s="49"/>
       <c r="AB21" s="104"/>
       <c r="AC21" s="105"/>
       <c r="AD21" s="105"/>
       <c r="AE21" s="105"/>
       <c r="AF21" s="106"/>
-      <c r="AG21" s="201">
+      <c r="AG21" s="172">
         <f>IF(AF21&gt;AA21,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH21" s="201"/>
+      <c r="AH21" s="172"/>
       <c r="AJ21" s="65"/>
       <c r="AK21" s="64"/>
       <c r="AL21" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM21" s="73"/>
       <c r="AN21" s="74"/>
       <c r="AO21" s="28"/>
       <c r="AP21" s="65"/>
       <c r="AQ21" s="66"/>
       <c r="AR21" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS21" s="73"/>
       <c r="AT21" s="74"/>
       <c r="AU21" s="28"/>
       <c r="AV21" s="65"/>
       <c r="AW21" s="64"/>
       <c r="AX21" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY21" s="73"/>
       <c r="AZ21" s="74"/>
-      <c r="BB21" s="203" t="s">
+      <c r="BB21" s="194" t="s">
         <v>18</v>
       </c>
-      <c r="BC21" s="204"/>
-      <c r="BD21" s="270">
+      <c r="BC21" s="195"/>
+      <c r="BD21" s="191">
         <f>+AQ42</f>
         <v>0</v>
       </c>
-      <c r="BE21" s="270"/>
-      <c r="BF21" s="270">
+      <c r="BE21" s="191"/>
+      <c r="BF21" s="191">
         <f>+AS42</f>
         <v>0</v>
       </c>
-      <c r="BG21" s="270"/>
-[...7 lines deleted...]
-      <c r="K22" s="262" t="s">
+      <c r="BG21" s="191"/>
+    </row>
+    <row r="22" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
+      <c r="F22" s="253" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$G$2:$G$46,MATCH(T22,'Licenciés U11'!$F$2:$F$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="G22" s="254"/>
+      <c r="H22" s="254"/>
+      <c r="I22" s="254"/>
+      <c r="J22" s="255"/>
+      <c r="K22" s="240" t="s">
         <v>109</v>
       </c>
-      <c r="L22" s="263"/>
-[...19 lines deleted...]
-      <c r="AG22" s="201">
+      <c r="L22" s="241"/>
+      <c r="M22" s="241"/>
+      <c r="N22" s="241"/>
+      <c r="O22" s="241"/>
+      <c r="P22" s="241"/>
+      <c r="Q22" s="241"/>
+      <c r="R22" s="242"/>
+      <c r="S22" s="297" t="str">
+        <f>IFERROR(INDEX('Licenciés U11'!$H$2:$H$46,MATCH(T22,'Licenciés U11'!$F$2:$F$46,0)),"")</f>
+        <v/>
+      </c>
+      <c r="T22" s="223"/>
+      <c r="U22" s="224"/>
+      <c r="V22" s="224"/>
+      <c r="W22" s="224"/>
+      <c r="X22" s="224"/>
+      <c r="Y22" s="224"/>
+      <c r="Z22" s="225"/>
+      <c r="AB22" s="299"/>
+      <c r="AC22" s="249"/>
+      <c r="AD22" s="249"/>
+      <c r="AE22" s="249"/>
+      <c r="AF22" s="301"/>
+      <c r="AG22" s="172">
         <f>IF(AF22&gt;AA22,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH22" s="201"/>
+      <c r="AH22" s="172"/>
       <c r="AJ22" s="65"/>
       <c r="AK22" s="64"/>
       <c r="AL22" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AM22" s="73"/>
       <c r="AN22" s="74"/>
       <c r="AO22" s="28"/>
       <c r="AP22" s="65"/>
       <c r="AQ22" s="66"/>
       <c r="AR22" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AS22" s="73"/>
       <c r="AT22" s="74"/>
       <c r="AU22" s="28"/>
       <c r="AV22" s="65"/>
       <c r="AW22" s="64"/>
       <c r="AX22" s="36" t="s">
         <v>4</v>
       </c>
       <c r="AY22" s="73"/>
       <c r="AZ22" s="74"/>
-      <c r="BB22" s="223" t="s">
+      <c r="BB22" s="295" t="s">
         <v>19</v>
       </c>
-      <c r="BC22" s="224"/>
-      <c r="BD22" s="205">
+      <c r="BC22" s="296"/>
+      <c r="BD22" s="217">
         <f>+AW42</f>
         <v>0</v>
       </c>
-      <c r="BE22" s="205"/>
-      <c r="BF22" s="205">
+      <c r="BE22" s="217"/>
+      <c r="BF22" s="217">
         <f>+AY42</f>
         <v>0</v>
       </c>
-      <c r="BG22" s="205"/>
-[...28 lines deleted...]
-      <c r="AG23" s="201">
+      <c r="BG22" s="217"/>
+    </row>
+    <row r="23" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
+      <c r="F23" s="256"/>
+      <c r="G23" s="257"/>
+      <c r="H23" s="257"/>
+      <c r="I23" s="257"/>
+      <c r="J23" s="258"/>
+      <c r="K23" s="243"/>
+      <c r="L23" s="244"/>
+      <c r="M23" s="244"/>
+      <c r="N23" s="244"/>
+      <c r="O23" s="244"/>
+      <c r="P23" s="244"/>
+      <c r="Q23" s="244"/>
+      <c r="R23" s="245"/>
+      <c r="S23" s="298"/>
+      <c r="T23" s="226"/>
+      <c r="U23" s="227"/>
+      <c r="V23" s="227"/>
+      <c r="W23" s="227"/>
+      <c r="X23" s="227"/>
+      <c r="Y23" s="227"/>
+      <c r="Z23" s="228"/>
+      <c r="AB23" s="300"/>
+      <c r="AC23" s="250"/>
+      <c r="AD23" s="250"/>
+      <c r="AE23" s="250"/>
+      <c r="AF23" s="302"/>
+      <c r="AG23" s="172">
         <f>IF(AF23&gt;AA23,AG9,)</f>
         <v>0</v>
       </c>
-      <c r="AH23" s="201"/>
+      <c r="AH23" s="172"/>
       <c r="AJ23" s="67"/>
       <c r="AK23" s="68"/>
       <c r="AL23" s="36"/>
       <c r="AM23" s="75"/>
       <c r="AN23" s="76"/>
       <c r="AO23" s="28"/>
       <c r="AP23" s="67"/>
       <c r="AQ23" s="84"/>
       <c r="AR23" s="36"/>
       <c r="AS23" s="75"/>
       <c r="AT23" s="76"/>
       <c r="AU23" s="28"/>
       <c r="AV23" s="67"/>
       <c r="AW23" s="68"/>
       <c r="AX23" s="36"/>
       <c r="AY23" s="75"/>
       <c r="AZ23" s="76"/>
     </row>
-    <row r="24" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="AG24" s="15"/>
       <c r="AJ24" s="92" t="s">
         <v>14</v>
       </c>
       <c r="AK24" s="93">
         <f>SUM(AK7:AK23)</f>
         <v>0</v>
       </c>
       <c r="AL24" s="37" t="s">
         <v>4</v>
       </c>
       <c r="AM24" s="94">
         <f>SUM(AM7:AM23)</f>
         <v>0</v>
       </c>
       <c r="AN24" s="95" t="s">
         <v>14</v>
       </c>
       <c r="AO24" s="28"/>
       <c r="AP24" s="92" t="s">
         <v>15</v>
       </c>
       <c r="AQ24" s="96">
         <f>SUM(AQ7:AQ23)</f>
         <v>0</v>
@@ -6842,4024 +7514,4485 @@
       <c r="AS24" s="69">
         <f>SUM(AS7:AS23)</f>
         <v>0</v>
       </c>
       <c r="AT24" s="70" t="s">
         <v>15</v>
       </c>
       <c r="AU24" s="28"/>
       <c r="AV24" s="92" t="s">
         <v>16</v>
       </c>
       <c r="AW24" s="96">
         <f>SUM(AW7:AW23)</f>
         <v>0</v>
       </c>
       <c r="AX24" s="37" t="s">
         <v>4</v>
       </c>
       <c r="AY24" s="94">
         <f>SUM(AY7:AY23)</f>
         <v>0</v>
       </c>
       <c r="AZ24" s="95" t="s">
         <v>16</v>
       </c>
-      <c r="BB24" s="217" t="s">
+      <c r="BB24" s="292" t="s">
         <v>45</v>
       </c>
-      <c r="BC24" s="217"/>
-      <c r="BD24" s="220">
+      <c r="BC24" s="292"/>
+      <c r="BD24" s="237">
         <f>SUM(BD17:BD22)</f>
         <v>0</v>
       </c>
-      <c r="BE24" s="220"/>
-      <c r="BF24" s="220">
+      <c r="BE24" s="237"/>
+      <c r="BF24" s="237">
         <f>SUM(BF17:BF22)</f>
         <v>0</v>
       </c>
-      <c r="BG24" s="220"/>
-[...2 lines deleted...]
-      <c r="A25" s="206" t="s">
+      <c r="BG24" s="237"/>
+    </row>
+    <row r="25" spans="1:59" s="4" customFormat="1" ht="12.95" customHeight="1" thickBot="1">
+      <c r="A25" s="189" t="s">
         <v>61</v>
       </c>
-      <c r="B25" s="206"/>
-[...22 lines deleted...]
-      <c r="Y25" s="193" t="s">
+      <c r="B25" s="189"/>
+      <c r="C25" s="189"/>
+      <c r="D25" s="189"/>
+      <c r="E25" s="280" t="s">
+        <v>95</v>
+      </c>
+      <c r="F25" s="281"/>
+      <c r="G25" s="281"/>
+      <c r="H25" s="281"/>
+      <c r="I25" s="281"/>
+      <c r="J25" s="281"/>
+      <c r="K25" s="281"/>
+      <c r="L25" s="281"/>
+      <c r="M25" s="281"/>
+      <c r="N25" s="281"/>
+      <c r="O25" s="281"/>
+      <c r="P25" s="281"/>
+      <c r="Q25" s="281"/>
+      <c r="R25" s="281"/>
+      <c r="S25" s="281"/>
+      <c r="T25" s="281"/>
+      <c r="U25" s="281"/>
+      <c r="V25" s="282"/>
+      <c r="Y25" s="272" t="s">
         <v>115</v>
       </c>
-      <c r="Z25" s="193"/>
-[...7 lines deleted...]
-      <c r="AF25" s="196"/>
+      <c r="Z25" s="272"/>
+      <c r="AA25" s="272"/>
+      <c r="AB25" s="272"/>
+      <c r="AC25" s="272"/>
+      <c r="AD25" s="259">
+        <v>3</v>
+      </c>
+      <c r="AE25" s="260"/>
+      <c r="AF25" s="261"/>
       <c r="AG25" s="14"/>
       <c r="AJ25" s="5"/>
       <c r="AK25" s="5"/>
       <c r="AL25" s="5"/>
       <c r="AM25" s="5"/>
       <c r="AN25" s="5"/>
       <c r="AO25" s="5"/>
       <c r="AP25" s="5"/>
       <c r="AQ25" s="5"/>
       <c r="AR25" s="5"/>
       <c r="AS25" s="5"/>
       <c r="AT25" s="5"/>
       <c r="AU25" s="5"/>
       <c r="AV25" s="5"/>
       <c r="AW25" s="5"/>
       <c r="AX25" s="5"/>
       <c r="AY25" s="5"/>
       <c r="AZ25" s="5"/>
-      <c r="BB25" s="218"/>
-[...6 lines deleted...]
-    <row r="26" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="BB25" s="293"/>
+      <c r="BC25" s="293"/>
+      <c r="BD25" s="238"/>
+      <c r="BE25" s="238"/>
+      <c r="BF25" s="238"/>
+      <c r="BG25" s="238"/>
+    </row>
+    <row r="26" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
       <c r="L26" s="16"/>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="AG26" s="14"/>
       <c r="AJ26" s="61"/>
       <c r="AK26" s="62"/>
       <c r="AL26" s="97" t="s">
         <v>4</v>
       </c>
       <c r="AM26" s="88"/>
       <c r="AN26" s="89"/>
       <c r="AO26" s="27"/>
       <c r="AP26" s="61"/>
       <c r="AQ26" s="62"/>
       <c r="AR26" s="97" t="s">
         <v>4</v>
       </c>
       <c r="AS26" s="88"/>
       <c r="AT26" s="89"/>
       <c r="AU26" s="27"/>
       <c r="AV26" s="61"/>
       <c r="AW26" s="62"/>
       <c r="AX26" s="97" t="s">
         <v>4</v>
       </c>
       <c r="AY26" s="88"/>
       <c r="AZ26" s="89"/>
-      <c r="BB26" s="219"/>
-[...6 lines deleted...]
-    <row r="27" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="BB26" s="294"/>
+      <c r="BC26" s="294"/>
+      <c r="BD26" s="239"/>
+      <c r="BE26" s="239"/>
+      <c r="BF26" s="239"/>
+      <c r="BG26" s="239"/>
+    </row>
+    <row r="27" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A27" s="5"/>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
       <c r="E27" s="5"/>
       <c r="F27" s="6"/>
       <c r="G27" s="7"/>
-      <c r="H27" s="272">
+      <c r="H27" s="236">
         <f>IF(V28&gt;U29,T29,)</f>
         <v>0</v>
       </c>
-      <c r="I27" s="272"/>
-[...7 lines deleted...]
-      <c r="Q27" s="273" t="str">
+      <c r="I27" s="236"/>
+      <c r="J27" s="236"/>
+      <c r="K27" s="236"/>
+      <c r="L27" s="236"/>
+      <c r="M27" s="236"/>
+      <c r="N27" s="236"/>
+      <c r="O27" s="236"/>
+      <c r="P27" s="236"/>
+      <c r="Q27" s="267" t="str">
         <f>IF(Z29&gt;V28,AB29,)</f>
         <v>Tps morts:</v>
       </c>
-      <c r="R27" s="274"/>
-[...4 lines deleted...]
-      <c r="W27" s="277" t="s">
+      <c r="R27" s="268"/>
+      <c r="S27" s="268"/>
+      <c r="T27" s="268"/>
+      <c r="U27" s="268"/>
+      <c r="V27" s="269"/>
+      <c r="W27" s="270" t="s">
         <v>9</v>
       </c>
-      <c r="X27" s="277"/>
-[...7 lines deleted...]
-      <c r="AF27" s="216"/>
+      <c r="X27" s="270"/>
+      <c r="Y27" s="271"/>
+      <c r="Z27" s="277"/>
+      <c r="AA27" s="278"/>
+      <c r="AB27" s="278"/>
+      <c r="AC27" s="278"/>
+      <c r="AD27" s="278"/>
+      <c r="AE27" s="278"/>
+      <c r="AF27" s="279"/>
       <c r="AG27" s="14"/>
       <c r="AJ27" s="63"/>
       <c r="AK27" s="64"/>
       <c r="AL27" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AM27" s="71"/>
       <c r="AN27" s="72"/>
       <c r="AO27" s="27"/>
       <c r="AP27" s="63"/>
       <c r="AQ27" s="64"/>
       <c r="AR27" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AS27" s="71"/>
       <c r="AT27" s="72"/>
       <c r="AU27" s="27"/>
       <c r="AV27" s="63"/>
       <c r="AW27" s="64"/>
       <c r="AX27" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AY27" s="71"/>
       <c r="AZ27" s="72"/>
     </row>
-    <row r="28" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="A28" s="5"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="5"/>
       <c r="F28" s="6" t="s">
         <v>4</v>
       </c>
       <c r="G28" s="5"/>
-      <c r="H28" s="272"/>
-[...7 lines deleted...]
-      <c r="P28" s="272"/>
+      <c r="H28" s="236"/>
+      <c r="I28" s="236"/>
+      <c r="J28" s="236"/>
+      <c r="K28" s="236"/>
+      <c r="L28" s="236"/>
+      <c r="M28" s="236"/>
+      <c r="N28" s="236"/>
+      <c r="O28" s="236"/>
+      <c r="P28" s="236"/>
       <c r="Q28" s="30" t="s">
         <v>5</v>
       </c>
       <c r="R28" s="31"/>
       <c r="S28" s="32" t="s">
         <v>6</v>
       </c>
       <c r="T28" s="31"/>
       <c r="U28" s="32" t="s">
         <v>7</v>
       </c>
       <c r="V28" s="33"/>
       <c r="AG28" s="14"/>
       <c r="AJ28" s="63"/>
       <c r="AK28" s="64"/>
       <c r="AL28" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AM28" s="71"/>
       <c r="AN28" s="72"/>
       <c r="AO28" s="27"/>
       <c r="AP28" s="63"/>
       <c r="AQ28" s="64"/>
       <c r="AR28" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AS28" s="71"/>
       <c r="AT28" s="72"/>
       <c r="AU28" s="27"/>
       <c r="AV28" s="63"/>
       <c r="AW28" s="64"/>
       <c r="AX28" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AY28" s="71"/>
       <c r="AZ28" s="72"/>
     </row>
-    <row r="29" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="207" t="s">
+    <row r="29" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
+      <c r="A29" s="215" t="s">
         <v>34</v>
       </c>
-      <c r="B29" s="207"/>
-[...4 lines deleted...]
-      <c r="G29" s="207"/>
+      <c r="B29" s="215"/>
+      <c r="C29" s="215"/>
+      <c r="D29" s="215"/>
+      <c r="E29" s="215"/>
+      <c r="F29" s="215"/>
+      <c r="G29" s="215"/>
       <c r="H29" s="5"/>
       <c r="I29" s="5"/>
       <c r="J29" s="8"/>
-      <c r="T29" s="272" t="s">
+      <c r="T29" s="236" t="s">
         <v>10</v>
       </c>
-      <c r="U29" s="272"/>
-[...3 lines deleted...]
-      <c r="Y29" s="272"/>
+      <c r="U29" s="236"/>
+      <c r="V29" s="236"/>
+      <c r="W29" s="236"/>
+      <c r="X29" s="236"/>
+      <c r="Y29" s="236"/>
       <c r="Z29" s="12">
         <v>1</v>
       </c>
       <c r="AA29" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="AB29" s="271" t="s">
+      <c r="AB29" s="216" t="s">
         <v>33</v>
       </c>
-      <c r="AC29" s="271"/>
-[...2 lines deleted...]
-      <c r="AF29" s="271"/>
+      <c r="AC29" s="216"/>
+      <c r="AD29" s="216"/>
+      <c r="AE29" s="216"/>
+      <c r="AF29" s="216"/>
       <c r="AG29" s="23" t="s">
         <v>35</v>
       </c>
       <c r="AJ29" s="63"/>
       <c r="AK29" s="64"/>
       <c r="AL29" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AM29" s="71"/>
       <c r="AN29" s="72"/>
       <c r="AO29" s="27"/>
       <c r="AP29" s="63"/>
       <c r="AQ29" s="64"/>
       <c r="AR29" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AS29" s="71"/>
       <c r="AT29" s="72"/>
       <c r="AU29" s="27"/>
       <c r="AV29" s="63"/>
       <c r="AW29" s="64"/>
       <c r="AX29" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AY29" s="71"/>
       <c r="AZ29" s="72"/>
     </row>
-    <row r="30" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A30" s="50">
         <v>1</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C30" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F30" s="233" t="s">
+      <c r="F30" s="275" t="s">
         <v>75</v>
       </c>
-      <c r="G30" s="227" t="s">
+      <c r="G30" s="206" t="s">
         <v>76</v>
       </c>
-      <c r="H30" s="228"/>
-[...2 lines deleted...]
-      <c r="K30" s="227" t="s">
+      <c r="H30" s="207"/>
+      <c r="I30" s="207"/>
+      <c r="J30" s="208"/>
+      <c r="K30" s="206" t="s">
         <v>43</v>
       </c>
-      <c r="L30" s="228"/>
-[...6 lines deleted...]
-      <c r="S30" s="225" t="s">
+      <c r="L30" s="207"/>
+      <c r="M30" s="207"/>
+      <c r="N30" s="207"/>
+      <c r="O30" s="207"/>
+      <c r="P30" s="207"/>
+      <c r="Q30" s="207"/>
+      <c r="R30" s="208"/>
+      <c r="S30" s="262" t="s">
         <v>52</v>
       </c>
-      <c r="T30" s="211" t="s">
+      <c r="T30" s="202" t="s">
         <v>11</v>
       </c>
-      <c r="U30" s="212"/>
-[...6 lines deleted...]
-      <c r="AB30" s="251" t="s">
+      <c r="U30" s="203"/>
+      <c r="V30" s="203"/>
+      <c r="W30" s="203"/>
+      <c r="X30" s="203"/>
+      <c r="Y30" s="203"/>
+      <c r="Z30" s="204"/>
+      <c r="AA30" s="114"/>
+      <c r="AB30" s="246" t="s">
         <v>12</v>
       </c>
-      <c r="AC30" s="252"/>
-[...2 lines deleted...]
-      <c r="AF30" s="253"/>
+      <c r="AC30" s="247"/>
+      <c r="AD30" s="247"/>
+      <c r="AE30" s="247"/>
+      <c r="AF30" s="248"/>
       <c r="AG30" s="14"/>
       <c r="AJ30" s="63"/>
       <c r="AK30" s="64"/>
       <c r="AL30" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AM30" s="71"/>
       <c r="AN30" s="72"/>
       <c r="AO30" s="27"/>
       <c r="AP30" s="63"/>
       <c r="AQ30" s="64"/>
       <c r="AR30" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AS30" s="71"/>
       <c r="AT30" s="72"/>
       <c r="AU30" s="27"/>
       <c r="AV30" s="63"/>
       <c r="AW30" s="64"/>
       <c r="AX30" s="98" t="s">
         <v>4</v>
       </c>
       <c r="AY30" s="71"/>
       <c r="AZ30" s="74"/>
     </row>
-    <row r="31" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A31" s="50"/>
       <c r="B31" s="10"/>
       <c r="C31" s="10"/>
       <c r="D31" s="10"/>
       <c r="E31" s="10"/>
-      <c r="F31" s="234"/>
-[...13 lines deleted...]
-      <c r="T31" s="118" t="s">
+      <c r="F31" s="276"/>
+      <c r="G31" s="209"/>
+      <c r="H31" s="210"/>
+      <c r="I31" s="210"/>
+      <c r="J31" s="211"/>
+      <c r="K31" s="209"/>
+      <c r="L31" s="210"/>
+      <c r="M31" s="210"/>
+      <c r="N31" s="210"/>
+      <c r="O31" s="210"/>
+      <c r="P31" s="210"/>
+      <c r="Q31" s="210"/>
+      <c r="R31" s="211"/>
+      <c r="S31" s="263"/>
+      <c r="T31" s="115" t="s">
         <v>13</v>
       </c>
-      <c r="U31" s="119">
+      <c r="U31" s="116">
         <v>1</v>
       </c>
-      <c r="V31" s="120">
+      <c r="V31" s="117">
         <v>2</v>
       </c>
-      <c r="W31" s="120">
+      <c r="W31" s="117">
         <v>3</v>
       </c>
-      <c r="X31" s="120">
+      <c r="X31" s="117">
         <v>4</v>
       </c>
-      <c r="Y31" s="120">
+      <c r="Y31" s="117">
         <v>5</v>
       </c>
-      <c r="Z31" s="121">
+      <c r="Z31" s="118">
         <v>6</v>
       </c>
-      <c r="AA31" s="122"/>
-      <c r="AB31" s="123">
+      <c r="AA31" s="119"/>
+      <c r="AB31" s="120">
         <v>1</v>
       </c>
-      <c r="AC31" s="123">
+      <c r="AC31" s="120">
         <v>2</v>
       </c>
-      <c r="AD31" s="123">
+      <c r="AD31" s="120">
         <v>3</v>
       </c>
-      <c r="AE31" s="123">
+      <c r="AE31" s="120">
         <v>4</v>
       </c>
-      <c r="AF31" s="123">
+      <c r="AF31" s="120">
         <v>5</v>
       </c>
       <c r="AG31" s="14"/>
       <c r="AJ31" s="65"/>
       <c r="AK31" s="66"/>
       <c r="AL31" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM31" s="73"/>
       <c r="AN31" s="74"/>
       <c r="AO31" s="28"/>
       <c r="AP31" s="65"/>
       <c r="AQ31" s="66"/>
       <c r="AR31" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS31" s="73"/>
       <c r="AT31" s="74"/>
       <c r="AU31" s="28"/>
       <c r="AV31" s="65"/>
       <c r="AW31" s="66"/>
       <c r="AX31" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY31" s="73"/>
       <c r="AZ31" s="74"/>
     </row>
-    <row r="32" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A32" s="50">
         <v>2</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D32" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F32" s="112"/>
-      <c r="G32" s="183"/>
-[...10 lines deleted...]
-      <c r="R32" s="185"/>
+      <c r="G32" s="264"/>
+      <c r="H32" s="265"/>
+      <c r="I32" s="265"/>
+      <c r="J32" s="266"/>
+      <c r="K32" s="264"/>
+      <c r="L32" s="265"/>
+      <c r="M32" s="265"/>
+      <c r="N32" s="265"/>
+      <c r="O32" s="265"/>
+      <c r="P32" s="265"/>
+      <c r="Q32" s="265"/>
+      <c r="R32" s="266"/>
       <c r="S32" s="112"/>
       <c r="T32" s="56"/>
       <c r="U32" s="54"/>
       <c r="V32" s="51"/>
       <c r="W32" s="51"/>
       <c r="X32" s="51"/>
       <c r="Y32" s="51"/>
       <c r="Z32" s="52"/>
       <c r="AB32" s="107"/>
       <c r="AC32" s="102"/>
       <c r="AD32" s="102"/>
       <c r="AE32" s="102"/>
       <c r="AF32" s="108"/>
-      <c r="AG32" s="200">
+      <c r="AG32" s="235">
         <f>IF(AF32&gt;AA32,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH32" s="201"/>
+      <c r="AH32" s="172"/>
       <c r="AJ32" s="65"/>
       <c r="AK32" s="64"/>
       <c r="AL32" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM32" s="73"/>
       <c r="AN32" s="74"/>
       <c r="AO32" s="28"/>
       <c r="AP32" s="65"/>
       <c r="AQ32" s="66"/>
       <c r="AR32" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS32" s="73"/>
       <c r="AT32" s="74"/>
       <c r="AU32" s="28"/>
       <c r="AV32" s="65"/>
       <c r="AW32" s="64"/>
       <c r="AX32" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY32" s="73"/>
       <c r="AZ32" s="74"/>
-      <c r="BB32" s="164">
+      <c r="BB32" s="308">
         <f>IF(BD24&gt;BF24,E5,)</f>
         <v>0</v>
       </c>
-      <c r="BC32" s="165"/>
-[...5 lines deleted...]
-    <row r="33" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BC32" s="309"/>
+      <c r="BD32" s="309"/>
+      <c r="BE32" s="309"/>
+      <c r="BF32" s="309"/>
+      <c r="BG32" s="310"/>
+    </row>
+    <row r="33" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A33" s="50"/>
       <c r="B33" s="11"/>
       <c r="C33" s="11"/>
       <c r="D33" s="11"/>
       <c r="E33" s="11"/>
       <c r="F33" s="111"/>
-      <c r="G33" s="157"/>
-[...10 lines deleted...]
-      <c r="R33" s="159"/>
+      <c r="G33" s="218"/>
+      <c r="H33" s="219"/>
+      <c r="I33" s="219"/>
+      <c r="J33" s="220"/>
+      <c r="K33" s="218"/>
+      <c r="L33" s="219"/>
+      <c r="M33" s="219"/>
+      <c r="N33" s="219"/>
+      <c r="O33" s="219"/>
+      <c r="P33" s="219"/>
+      <c r="Q33" s="219"/>
+      <c r="R33" s="220"/>
       <c r="S33" s="111"/>
       <c r="T33" s="57"/>
       <c r="U33" s="55"/>
       <c r="V33" s="44"/>
       <c r="W33" s="44"/>
       <c r="X33" s="44"/>
       <c r="Y33" s="44"/>
       <c r="Z33" s="53"/>
       <c r="AB33" s="109"/>
       <c r="AC33" s="105"/>
       <c r="AD33" s="105"/>
       <c r="AE33" s="105"/>
       <c r="AF33" s="110"/>
-      <c r="AG33" s="200">
+      <c r="AG33" s="235">
         <f>IF(AF33&gt;AA33,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH33" s="201"/>
+      <c r="AH33" s="172"/>
       <c r="AJ33" s="65"/>
       <c r="AK33" s="64"/>
       <c r="AL33" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM33" s="73"/>
       <c r="AN33" s="74"/>
       <c r="AO33" s="28"/>
       <c r="AP33" s="65"/>
       <c r="AQ33" s="66"/>
       <c r="AR33" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS33" s="73"/>
       <c r="AT33" s="74"/>
       <c r="AU33" s="28"/>
       <c r="AV33" s="65"/>
       <c r="AW33" s="64"/>
       <c r="AX33" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY33" s="73"/>
       <c r="AZ33" s="74"/>
-      <c r="BB33" s="167"/>
-[...6 lines deleted...]
-    <row r="34" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BB33" s="311"/>
+      <c r="BC33" s="312"/>
+      <c r="BD33" s="312"/>
+      <c r="BE33" s="312"/>
+      <c r="BF33" s="312"/>
+      <c r="BG33" s="313"/>
+    </row>
+    <row r="34" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A34" s="50">
         <v>3</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="111"/>
-      <c r="G34" s="157"/>
-[...10 lines deleted...]
-      <c r="R34" s="159"/>
+      <c r="G34" s="218"/>
+      <c r="H34" s="219"/>
+      <c r="I34" s="219"/>
+      <c r="J34" s="220"/>
+      <c r="K34" s="218"/>
+      <c r="L34" s="219"/>
+      <c r="M34" s="219"/>
+      <c r="N34" s="219"/>
+      <c r="O34" s="219"/>
+      <c r="P34" s="219"/>
+      <c r="Q34" s="219"/>
+      <c r="R34" s="220"/>
       <c r="S34" s="111"/>
       <c r="T34" s="57"/>
       <c r="U34" s="55"/>
       <c r="V34" s="44"/>
       <c r="W34" s="44"/>
       <c r="X34" s="44"/>
       <c r="Y34" s="44"/>
       <c r="Z34" s="53"/>
       <c r="AB34" s="109"/>
       <c r="AC34" s="105"/>
       <c r="AD34" s="105"/>
       <c r="AE34" s="105"/>
       <c r="AF34" s="110"/>
-      <c r="AG34" s="200">
+      <c r="AG34" s="235">
         <f>IF(AF34&gt;AA34,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH34" s="201"/>
+      <c r="AH34" s="172"/>
       <c r="AJ34" s="65"/>
       <c r="AK34" s="64"/>
       <c r="AL34" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM34" s="73"/>
       <c r="AN34" s="74"/>
       <c r="AO34" s="28"/>
       <c r="AP34" s="65"/>
       <c r="AQ34" s="66"/>
       <c r="AR34" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS34" s="73"/>
       <c r="AT34" s="74"/>
       <c r="AU34" s="28"/>
       <c r="AV34" s="65"/>
       <c r="AW34" s="64"/>
       <c r="AX34" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY34" s="73"/>
       <c r="AZ34" s="74"/>
-      <c r="BB34" s="167"/>
-[...6 lines deleted...]
-    <row r="35" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BB34" s="311"/>
+      <c r="BC34" s="312"/>
+      <c r="BD34" s="312"/>
+      <c r="BE34" s="312"/>
+      <c r="BF34" s="312"/>
+      <c r="BG34" s="313"/>
+    </row>
+    <row r="35" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A35" s="50"/>
       <c r="B35" s="10"/>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="10"/>
       <c r="F35" s="111"/>
-      <c r="G35" s="157"/>
-[...10 lines deleted...]
-      <c r="R35" s="159"/>
+      <c r="G35" s="218"/>
+      <c r="H35" s="219"/>
+      <c r="I35" s="219"/>
+      <c r="J35" s="220"/>
+      <c r="K35" s="218"/>
+      <c r="L35" s="219"/>
+      <c r="M35" s="219"/>
+      <c r="N35" s="219"/>
+      <c r="O35" s="219"/>
+      <c r="P35" s="219"/>
+      <c r="Q35" s="219"/>
+      <c r="R35" s="220"/>
       <c r="S35" s="111"/>
       <c r="T35" s="57"/>
       <c r="U35" s="55"/>
       <c r="V35" s="44"/>
       <c r="W35" s="44"/>
       <c r="X35" s="44"/>
       <c r="Y35" s="44"/>
       <c r="Z35" s="53"/>
       <c r="AB35" s="109"/>
       <c r="AC35" s="105"/>
       <c r="AD35" s="105"/>
       <c r="AE35" s="105"/>
       <c r="AF35" s="110"/>
-      <c r="AG35" s="200">
+      <c r="AG35" s="235">
         <f>IF(AF35&gt;AA35,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH35" s="201"/>
+      <c r="AH35" s="172"/>
       <c r="AJ35" s="65"/>
       <c r="AK35" s="64"/>
       <c r="AL35" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM35" s="73"/>
       <c r="AN35" s="74"/>
       <c r="AO35" s="28"/>
       <c r="AP35" s="65"/>
       <c r="AQ35" s="66"/>
       <c r="AR35" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS35" s="73"/>
       <c r="AT35" s="74"/>
       <c r="AU35" s="28"/>
       <c r="AV35" s="65"/>
       <c r="AW35" s="64"/>
       <c r="AX35" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY35" s="73"/>
       <c r="AZ35" s="74"/>
-      <c r="BB35" s="167"/>
-[...6 lines deleted...]
-    <row r="36" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BB35" s="311"/>
+      <c r="BC35" s="312"/>
+      <c r="BD35" s="312"/>
+      <c r="BE35" s="312"/>
+      <c r="BF35" s="312"/>
+      <c r="BG35" s="313"/>
+    </row>
+    <row r="36" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A36" s="50">
         <v>4</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C36" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D36" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F36" s="111"/>
-      <c r="G36" s="157"/>
-[...10 lines deleted...]
-      <c r="R36" s="159"/>
+      <c r="G36" s="218"/>
+      <c r="H36" s="219"/>
+      <c r="I36" s="219"/>
+      <c r="J36" s="220"/>
+      <c r="K36" s="218"/>
+      <c r="L36" s="219"/>
+      <c r="M36" s="219"/>
+      <c r="N36" s="219"/>
+      <c r="O36" s="219"/>
+      <c r="P36" s="219"/>
+      <c r="Q36" s="219"/>
+      <c r="R36" s="220"/>
       <c r="S36" s="111"/>
       <c r="T36" s="57"/>
       <c r="U36" s="55"/>
       <c r="V36" s="44"/>
       <c r="W36" s="44"/>
       <c r="X36" s="44"/>
       <c r="Y36" s="44"/>
       <c r="Z36" s="53"/>
       <c r="AB36" s="109"/>
       <c r="AC36" s="105"/>
       <c r="AD36" s="105"/>
       <c r="AE36" s="105"/>
       <c r="AF36" s="110"/>
-      <c r="AG36" s="200">
+      <c r="AG36" s="235">
         <f>IF(AF36&gt;AA36,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH36" s="201"/>
+      <c r="AH36" s="172"/>
       <c r="AJ36" s="65"/>
       <c r="AK36" s="64"/>
       <c r="AL36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM36" s="73"/>
       <c r="AN36" s="74"/>
       <c r="AO36" s="28"/>
       <c r="AP36" s="65"/>
       <c r="AQ36" s="66"/>
       <c r="AR36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS36" s="73"/>
       <c r="AT36" s="74"/>
       <c r="AU36" s="28"/>
       <c r="AV36" s="65"/>
       <c r="AW36" s="64"/>
       <c r="AX36" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY36" s="73"/>
       <c r="AZ36" s="74"/>
-      <c r="BB36" s="170"/>
-[...6 lines deleted...]
-    <row r="37" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BB36" s="314"/>
+      <c r="BC36" s="315"/>
+      <c r="BD36" s="315"/>
+      <c r="BE36" s="315"/>
+      <c r="BF36" s="315"/>
+      <c r="BG36" s="316"/>
+    </row>
+    <row r="37" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A37" s="50"/>
       <c r="B37" s="11"/>
       <c r="C37" s="11"/>
       <c r="D37" s="11"/>
       <c r="E37" s="11"/>
       <c r="F37" s="111"/>
-      <c r="G37" s="157"/>
-[...10 lines deleted...]
-      <c r="R37" s="159"/>
+      <c r="G37" s="218"/>
+      <c r="H37" s="219"/>
+      <c r="I37" s="219"/>
+      <c r="J37" s="220"/>
+      <c r="K37" s="218"/>
+      <c r="L37" s="219"/>
+      <c r="M37" s="219"/>
+      <c r="N37" s="219"/>
+      <c r="O37" s="219"/>
+      <c r="P37" s="219"/>
+      <c r="Q37" s="219"/>
+      <c r="R37" s="220"/>
       <c r="S37" s="111"/>
       <c r="T37" s="57"/>
       <c r="U37" s="55"/>
       <c r="V37" s="44"/>
       <c r="W37" s="44"/>
       <c r="X37" s="44"/>
       <c r="Y37" s="44"/>
       <c r="Z37" s="53"/>
       <c r="AB37" s="109"/>
       <c r="AC37" s="105"/>
       <c r="AD37" s="105"/>
       <c r="AE37" s="105"/>
       <c r="AF37" s="110"/>
-      <c r="AG37" s="200">
+      <c r="AG37" s="235">
         <f>IF(AF37&gt;AA37,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH37" s="201"/>
+      <c r="AH37" s="172"/>
       <c r="AJ37" s="65"/>
       <c r="AK37" s="64"/>
       <c r="AL37" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM37" s="73"/>
       <c r="AN37" s="74"/>
       <c r="AO37" s="28"/>
       <c r="AP37" s="65"/>
       <c r="AQ37" s="66"/>
       <c r="AR37" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS37" s="73"/>
       <c r="AT37" s="74"/>
       <c r="AU37" s="28"/>
       <c r="AV37" s="65"/>
       <c r="AW37" s="64"/>
       <c r="AX37" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY37" s="73"/>
       <c r="AZ37" s="74"/>
-      <c r="BB37" s="173" t="s">
+      <c r="BB37" s="317" t="s">
         <v>47</v>
       </c>
-      <c r="BC37" s="173"/>
-[...5 lines deleted...]
-    <row r="38" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BC37" s="317"/>
+      <c r="BD37" s="317"/>
+      <c r="BE37" s="317"/>
+      <c r="BF37" s="317"/>
+      <c r="BG37" s="317"/>
+    </row>
+    <row r="38" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A38" s="50">
         <v>5</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C38" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F38" s="111"/>
-      <c r="G38" s="157"/>
-[...10 lines deleted...]
-      <c r="R38" s="159"/>
+      <c r="G38" s="218"/>
+      <c r="H38" s="219"/>
+      <c r="I38" s="219"/>
+      <c r="J38" s="220"/>
+      <c r="K38" s="218"/>
+      <c r="L38" s="219"/>
+      <c r="M38" s="219"/>
+      <c r="N38" s="219"/>
+      <c r="O38" s="219"/>
+      <c r="P38" s="219"/>
+      <c r="Q38" s="219"/>
+      <c r="R38" s="220"/>
       <c r="S38" s="111"/>
       <c r="T38" s="57"/>
       <c r="U38" s="55"/>
       <c r="V38" s="44"/>
       <c r="W38" s="44"/>
       <c r="X38" s="44"/>
       <c r="Y38" s="44"/>
       <c r="Z38" s="53"/>
       <c r="AB38" s="109"/>
       <c r="AC38" s="105"/>
       <c r="AD38" s="105"/>
       <c r="AE38" s="105"/>
       <c r="AF38" s="110"/>
-      <c r="AG38" s="200">
+      <c r="AG38" s="235">
         <f>IF(AF38&gt;AA38,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH38" s="201"/>
+      <c r="AH38" s="172"/>
       <c r="AJ38" s="65"/>
       <c r="AK38" s="64"/>
       <c r="AL38" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM38" s="73"/>
       <c r="AN38" s="74"/>
       <c r="AO38" s="28"/>
       <c r="AP38" s="65"/>
       <c r="AQ38" s="66"/>
       <c r="AR38" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS38" s="73"/>
       <c r="AT38" s="74"/>
       <c r="AU38" s="28"/>
       <c r="AV38" s="65"/>
       <c r="AW38" s="64"/>
       <c r="AX38" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY38" s="73"/>
       <c r="AZ38" s="74"/>
-      <c r="BB38" s="174">
+      <c r="BB38" s="318">
         <f>IF(BF24&gt;BD24,E25,)</f>
         <v>0</v>
       </c>
-      <c r="BC38" s="175"/>
-[...5 lines deleted...]
-    <row r="39" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BC38" s="319"/>
+      <c r="BD38" s="319"/>
+      <c r="BE38" s="319"/>
+      <c r="BF38" s="319"/>
+      <c r="BG38" s="320"/>
+    </row>
+    <row r="39" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A39" s="50"/>
       <c r="B39" s="10"/>
       <c r="C39" s="10"/>
       <c r="D39" s="10"/>
       <c r="E39" s="10"/>
       <c r="F39" s="111"/>
-      <c r="G39" s="157"/>
-[...10 lines deleted...]
-      <c r="R39" s="159"/>
+      <c r="G39" s="218"/>
+      <c r="H39" s="219"/>
+      <c r="I39" s="219"/>
+      <c r="J39" s="220"/>
+      <c r="K39" s="218"/>
+      <c r="L39" s="219"/>
+      <c r="M39" s="219"/>
+      <c r="N39" s="219"/>
+      <c r="O39" s="219"/>
+      <c r="P39" s="219"/>
+      <c r="Q39" s="219"/>
+      <c r="R39" s="220"/>
       <c r="S39" s="111"/>
       <c r="T39" s="57"/>
       <c r="U39" s="55"/>
       <c r="V39" s="44"/>
       <c r="W39" s="44"/>
       <c r="X39" s="44"/>
       <c r="Y39" s="44"/>
       <c r="Z39" s="53"/>
       <c r="AB39" s="109"/>
       <c r="AC39" s="105"/>
       <c r="AD39" s="105"/>
       <c r="AE39" s="105"/>
       <c r="AF39" s="110"/>
-      <c r="AG39" s="200">
+      <c r="AG39" s="235">
         <f>IF(AF39&gt;AA39,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH39" s="201"/>
+      <c r="AH39" s="172"/>
       <c r="AJ39" s="65"/>
       <c r="AK39" s="64"/>
       <c r="AL39" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM39" s="73"/>
       <c r="AN39" s="74"/>
       <c r="AO39" s="28"/>
       <c r="AP39" s="65"/>
       <c r="AQ39" s="66"/>
       <c r="AR39" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS39" s="73"/>
       <c r="AT39" s="74"/>
       <c r="AU39" s="28"/>
       <c r="AV39" s="65"/>
       <c r="AW39" s="64"/>
       <c r="AX39" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY39" s="73"/>
       <c r="AZ39" s="74"/>
-      <c r="BB39" s="177"/>
-[...6 lines deleted...]
-    <row r="40" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="BB39" s="321"/>
+      <c r="BC39" s="322"/>
+      <c r="BD39" s="322"/>
+      <c r="BE39" s="322"/>
+      <c r="BF39" s="322"/>
+      <c r="BG39" s="323"/>
+    </row>
+    <row r="40" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="A40" s="50">
         <v>6</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>2</v>
       </c>
       <c r="C40" s="9" t="s">
         <v>2</v>
       </c>
       <c r="D40" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F40" s="111"/>
-      <c r="G40" s="157"/>
-[...10 lines deleted...]
-      <c r="R40" s="159"/>
+      <c r="G40" s="218"/>
+      <c r="H40" s="219"/>
+      <c r="I40" s="219"/>
+      <c r="J40" s="220"/>
+      <c r="K40" s="218"/>
+      <c r="L40" s="219"/>
+      <c r="M40" s="219"/>
+      <c r="N40" s="219"/>
+      <c r="O40" s="219"/>
+      <c r="P40" s="219"/>
+      <c r="Q40" s="219"/>
+      <c r="R40" s="220"/>
       <c r="S40" s="111"/>
       <c r="T40" s="57"/>
       <c r="U40" s="55"/>
       <c r="V40" s="44"/>
       <c r="W40" s="44"/>
       <c r="X40" s="44"/>
       <c r="Y40" s="44"/>
       <c r="Z40" s="53"/>
       <c r="AB40" s="109"/>
       <c r="AC40" s="105"/>
       <c r="AD40" s="105"/>
       <c r="AE40" s="105"/>
       <c r="AF40" s="110"/>
-      <c r="AG40" s="200">
+      <c r="AG40" s="235">
         <f>IF(AF40&gt;AA40,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH40" s="201"/>
+      <c r="AH40" s="172"/>
       <c r="AJ40" s="65"/>
       <c r="AK40" s="64"/>
       <c r="AL40" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM40" s="73"/>
       <c r="AN40" s="74"/>
       <c r="AO40" s="28"/>
       <c r="AP40" s="65"/>
       <c r="AQ40" s="66"/>
       <c r="AR40" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS40" s="73"/>
       <c r="AT40" s="74"/>
       <c r="AU40" s="28"/>
       <c r="AV40" s="65"/>
       <c r="AW40" s="64"/>
       <c r="AX40" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY40" s="73"/>
       <c r="AZ40" s="74"/>
-      <c r="BB40" s="177"/>
-[...6 lines deleted...]
-    <row r="41" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="BB40" s="321"/>
+      <c r="BC40" s="322"/>
+      <c r="BD40" s="322"/>
+      <c r="BE40" s="322"/>
+      <c r="BF40" s="322"/>
+      <c r="BG40" s="323"/>
+    </row>
+    <row r="41" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
       <c r="F41" s="111"/>
-      <c r="G41" s="157"/>
-[...10 lines deleted...]
-      <c r="R41" s="159"/>
+      <c r="G41" s="218"/>
+      <c r="H41" s="219"/>
+      <c r="I41" s="219"/>
+      <c r="J41" s="220"/>
+      <c r="K41" s="218"/>
+      <c r="L41" s="219"/>
+      <c r="M41" s="219"/>
+      <c r="N41" s="219"/>
+      <c r="O41" s="219"/>
+      <c r="P41" s="219"/>
+      <c r="Q41" s="219"/>
+      <c r="R41" s="220"/>
       <c r="S41" s="111"/>
       <c r="T41" s="57"/>
       <c r="U41" s="55"/>
       <c r="V41" s="44"/>
       <c r="W41" s="44"/>
       <c r="X41" s="44"/>
       <c r="Y41" s="44"/>
       <c r="Z41" s="53"/>
       <c r="AB41" s="109"/>
       <c r="AC41" s="105"/>
       <c r="AD41" s="105"/>
       <c r="AE41" s="105"/>
       <c r="AF41" s="110"/>
-      <c r="AG41" s="200">
+      <c r="AG41" s="235">
         <f>IF(AF41&gt;AA41,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH41" s="201"/>
+      <c r="AH41" s="172"/>
       <c r="AJ41" s="67"/>
       <c r="AK41" s="68"/>
       <c r="AL41" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AM41" s="75"/>
       <c r="AN41" s="76"/>
       <c r="AO41" s="28"/>
       <c r="AP41" s="67"/>
       <c r="AQ41" s="84"/>
       <c r="AR41" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AS41" s="75"/>
       <c r="AT41" s="76"/>
       <c r="AU41" s="28"/>
       <c r="AV41" s="67"/>
       <c r="AW41" s="68"/>
       <c r="AX41" s="99" t="s">
         <v>4</v>
       </c>
       <c r="AY41" s="75"/>
       <c r="AZ41" s="76"/>
-      <c r="BB41" s="177"/>
-[...12 lines deleted...]
-      <c r="K42" s="262" t="s">
+      <c r="BB41" s="321"/>
+      <c r="BC41" s="322"/>
+      <c r="BD41" s="322"/>
+      <c r="BE41" s="322"/>
+      <c r="BF41" s="322"/>
+      <c r="BG41" s="323"/>
+    </row>
+    <row r="42" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" thickBot="1">
+      <c r="F42" s="229"/>
+      <c r="G42" s="230"/>
+      <c r="H42" s="230"/>
+      <c r="I42" s="230"/>
+      <c r="J42" s="231"/>
+      <c r="K42" s="240" t="s">
         <v>109</v>
       </c>
-      <c r="L42" s="263"/>
-[...19 lines deleted...]
-      <c r="AG42" s="200">
+      <c r="L42" s="241"/>
+      <c r="M42" s="241"/>
+      <c r="N42" s="241"/>
+      <c r="O42" s="241"/>
+      <c r="P42" s="241"/>
+      <c r="Q42" s="241"/>
+      <c r="R42" s="242"/>
+      <c r="S42" s="221"/>
+      <c r="T42" s="223"/>
+      <c r="U42" s="224"/>
+      <c r="V42" s="224"/>
+      <c r="W42" s="224"/>
+      <c r="X42" s="224"/>
+      <c r="Y42" s="224"/>
+      <c r="Z42" s="225"/>
+      <c r="AB42" s="328"/>
+      <c r="AC42" s="249"/>
+      <c r="AD42" s="249"/>
+      <c r="AE42" s="249"/>
+      <c r="AF42" s="251"/>
+      <c r="AG42" s="235">
         <f>IF(AF42&gt;AA42,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH42" s="201"/>
+      <c r="AH42" s="172"/>
       <c r="AJ42" s="92" t="s">
         <v>17</v>
       </c>
       <c r="AK42" s="100">
         <f>SUM(AK26:AK41)</f>
         <v>0</v>
       </c>
       <c r="AL42" s="37"/>
       <c r="AM42" s="94">
         <f>SUM(AM26:AM41)</f>
         <v>0</v>
       </c>
       <c r="AN42" s="95" t="s">
         <v>17</v>
       </c>
       <c r="AO42" s="28"/>
       <c r="AP42" s="92" t="s">
         <v>18</v>
       </c>
       <c r="AQ42" s="93">
         <f>SUM(AQ26:AQ41)</f>
         <v>0</v>
       </c>
       <c r="AR42" s="37"/>
       <c r="AS42" s="94">
         <f>SUM(AS26:AS41)</f>
         <v>0</v>
       </c>
       <c r="AT42" s="95" t="s">
         <v>18</v>
       </c>
       <c r="AU42" s="28"/>
       <c r="AV42" s="92" t="s">
         <v>19</v>
       </c>
       <c r="AW42" s="100">
         <f>SUM(AW26:AW41)</f>
         <v>0</v>
       </c>
       <c r="AX42" s="37"/>
       <c r="AY42" s="94">
         <f>SUM(AY26:AY41)</f>
         <v>0</v>
       </c>
       <c r="AZ42" s="95" t="s">
         <v>19</v>
       </c>
-      <c r="BB42" s="180"/>
-[...27 lines deleted...]
-      <c r="Z43" s="240"/>
+      <c r="BB42" s="324"/>
+      <c r="BC42" s="325"/>
+      <c r="BD42" s="325"/>
+      <c r="BE42" s="325"/>
+      <c r="BF42" s="325"/>
+      <c r="BG42" s="326"/>
+    </row>
+    <row r="43" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
+      <c r="F43" s="232"/>
+      <c r="G43" s="233"/>
+      <c r="H43" s="233"/>
+      <c r="I43" s="233"/>
+      <c r="J43" s="234"/>
+      <c r="K43" s="243"/>
+      <c r="L43" s="244"/>
+      <c r="M43" s="244"/>
+      <c r="N43" s="244"/>
+      <c r="O43" s="244"/>
+      <c r="P43" s="244"/>
+      <c r="Q43" s="244"/>
+      <c r="R43" s="245"/>
+      <c r="S43" s="222"/>
+      <c r="T43" s="226"/>
+      <c r="U43" s="227"/>
+      <c r="V43" s="227"/>
+      <c r="W43" s="227"/>
+      <c r="X43" s="227"/>
+      <c r="Y43" s="227"/>
+      <c r="Z43" s="228"/>
       <c r="AA43" s="58"/>
-      <c r="AB43" s="188"/>
-[...4 lines deleted...]
-      <c r="AG43" s="200">
+      <c r="AB43" s="329"/>
+      <c r="AC43" s="250"/>
+      <c r="AD43" s="250"/>
+      <c r="AE43" s="250"/>
+      <c r="AF43" s="252"/>
+      <c r="AG43" s="235">
         <f>IF(AF43&gt;AA43,AG29,)</f>
         <v>0</v>
       </c>
-      <c r="AH43" s="201"/>
-[...6 lines deleted...]
-    <row r="44" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AH43" s="172"/>
+      <c r="AP43" s="327"/>
+      <c r="AQ43" s="327"/>
+      <c r="AR43" s="327"/>
+      <c r="AS43" s="327"/>
+      <c r="AT43" s="327"/>
+    </row>
+    <row r="44" spans="1:59" s="4" customFormat="1" ht="12.75" customHeight="1">
       <c r="AG44" s="14"/>
     </row>
-    <row r="45" spans="1:59" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="J45" s="249" t="s">
+    <row r="45" spans="1:59" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1">
+      <c r="J45" s="288" t="s">
         <v>48</v>
       </c>
-      <c r="K45" s="160"/>
-[...9 lines deleted...]
-      <c r="U45" s="160" t="s">
+      <c r="K45" s="289"/>
+      <c r="L45" s="289"/>
+      <c r="M45" s="289"/>
+      <c r="N45" s="289"/>
+      <c r="O45" s="289"/>
+      <c r="P45" s="289"/>
+      <c r="Q45" s="289"/>
+      <c r="R45" s="289"/>
+      <c r="S45" s="289"/>
+      <c r="T45" s="289"/>
+      <c r="U45" s="289" t="s">
         <v>49</v>
       </c>
-      <c r="V45" s="160"/>
-[...9 lines deleted...]
-      <c r="AF45" s="160" t="s">
+      <c r="V45" s="289"/>
+      <c r="W45" s="289"/>
+      <c r="X45" s="289"/>
+      <c r="Y45" s="289"/>
+      <c r="Z45" s="289"/>
+      <c r="AA45" s="289"/>
+      <c r="AB45" s="289"/>
+      <c r="AC45" s="289"/>
+      <c r="AD45" s="289"/>
+      <c r="AE45" s="289"/>
+      <c r="AF45" s="289" t="s">
         <v>50</v>
       </c>
-      <c r="AG45" s="160"/>
-[...8 lines deleted...]
-      <c r="AP45" s="160" t="s">
+      <c r="AG45" s="289"/>
+      <c r="AH45" s="289"/>
+      <c r="AI45" s="289"/>
+      <c r="AJ45" s="289"/>
+      <c r="AK45" s="289"/>
+      <c r="AL45" s="289"/>
+      <c r="AM45" s="289"/>
+      <c r="AN45" s="289"/>
+      <c r="AO45" s="289"/>
+      <c r="AP45" s="289" t="s">
         <v>51</v>
       </c>
-      <c r="AQ45" s="160"/>
-[...7 lines deleted...]
-      <c r="AY45" s="160" t="s">
+      <c r="AQ45" s="289"/>
+      <c r="AR45" s="289"/>
+      <c r="AS45" s="289"/>
+      <c r="AT45" s="289"/>
+      <c r="AU45" s="289"/>
+      <c r="AV45" s="289"/>
+      <c r="AW45" s="289"/>
+      <c r="AX45" s="289"/>
+      <c r="AY45" s="289" t="s">
         <v>108</v>
       </c>
-      <c r="AZ45" s="160"/>
-[...61 lines deleted...]
-      <c r="A47" s="246" t="s">
+      <c r="AZ45" s="289"/>
+      <c r="BA45" s="289"/>
+      <c r="BB45" s="289"/>
+      <c r="BC45" s="289"/>
+      <c r="BD45" s="289"/>
+      <c r="BE45" s="289"/>
+      <c r="BF45" s="289"/>
+      <c r="BG45" s="306"/>
+    </row>
+    <row r="46" spans="1:59" s="4" customFormat="1" ht="9.9499999999999993" customHeight="1">
+      <c r="J46" s="290"/>
+      <c r="K46" s="291"/>
+      <c r="L46" s="291"/>
+      <c r="M46" s="291"/>
+      <c r="N46" s="291"/>
+      <c r="O46" s="291"/>
+      <c r="P46" s="291"/>
+      <c r="Q46" s="291"/>
+      <c r="R46" s="291"/>
+      <c r="S46" s="291"/>
+      <c r="T46" s="291"/>
+      <c r="U46" s="291"/>
+      <c r="V46" s="291"/>
+      <c r="W46" s="291"/>
+      <c r="X46" s="291"/>
+      <c r="Y46" s="291"/>
+      <c r="Z46" s="291"/>
+      <c r="AA46" s="291"/>
+      <c r="AB46" s="291"/>
+      <c r="AC46" s="291"/>
+      <c r="AD46" s="291"/>
+      <c r="AE46" s="291"/>
+      <c r="AF46" s="291"/>
+      <c r="AG46" s="291"/>
+      <c r="AH46" s="291"/>
+      <c r="AI46" s="291"/>
+      <c r="AJ46" s="291"/>
+      <c r="AK46" s="291"/>
+      <c r="AL46" s="291"/>
+      <c r="AM46" s="291"/>
+      <c r="AN46" s="291"/>
+      <c r="AO46" s="291"/>
+      <c r="AP46" s="291"/>
+      <c r="AQ46" s="291"/>
+      <c r="AR46" s="291"/>
+      <c r="AS46" s="291"/>
+      <c r="AT46" s="291"/>
+      <c r="AU46" s="291"/>
+      <c r="AV46" s="291"/>
+      <c r="AW46" s="291"/>
+      <c r="AX46" s="291"/>
+      <c r="AY46" s="291"/>
+      <c r="AZ46" s="291"/>
+      <c r="BA46" s="291"/>
+      <c r="BB46" s="291"/>
+      <c r="BC46" s="291"/>
+      <c r="BD46" s="291"/>
+      <c r="BE46" s="291"/>
+      <c r="BF46" s="291"/>
+      <c r="BG46" s="307"/>
+    </row>
+    <row r="47" spans="1:59" s="4" customFormat="1" ht="14.1" customHeight="1">
+      <c r="A47" s="283" t="s">
         <v>62</v>
       </c>
-      <c r="B47" s="246"/>
-[...59 lines deleted...]
-      <c r="A48" s="246" t="s">
+      <c r="B47" s="283"/>
+      <c r="C47" s="283"/>
+      <c r="D47" s="283"/>
+      <c r="E47" s="283"/>
+      <c r="F47" s="283"/>
+      <c r="G47" s="283"/>
+      <c r="H47" s="283"/>
+      <c r="I47" s="283"/>
+      <c r="J47" s="284"/>
+      <c r="K47" s="285"/>
+      <c r="L47" s="285"/>
+      <c r="M47" s="285"/>
+      <c r="N47" s="285"/>
+      <c r="O47" s="285"/>
+      <c r="P47" s="285"/>
+      <c r="Q47" s="285"/>
+      <c r="R47" s="285"/>
+      <c r="S47" s="285"/>
+      <c r="T47" s="285"/>
+      <c r="U47" s="285"/>
+      <c r="V47" s="285"/>
+      <c r="W47" s="285"/>
+      <c r="X47" s="285"/>
+      <c r="Y47" s="285"/>
+      <c r="Z47" s="285"/>
+      <c r="AA47" s="285"/>
+      <c r="AB47" s="285"/>
+      <c r="AC47" s="285"/>
+      <c r="AD47" s="285"/>
+      <c r="AE47" s="285"/>
+      <c r="AF47" s="285"/>
+      <c r="AG47" s="285"/>
+      <c r="AH47" s="285"/>
+      <c r="AI47" s="285"/>
+      <c r="AJ47" s="285"/>
+      <c r="AK47" s="285"/>
+      <c r="AL47" s="285"/>
+      <c r="AM47" s="285"/>
+      <c r="AN47" s="285"/>
+      <c r="AO47" s="285"/>
+      <c r="AP47" s="285"/>
+      <c r="AQ47" s="285"/>
+      <c r="AR47" s="285"/>
+      <c r="AS47" s="285"/>
+      <c r="AT47" s="285"/>
+      <c r="AU47" s="285"/>
+      <c r="AV47" s="285"/>
+      <c r="AW47" s="285"/>
+      <c r="AX47" s="285"/>
+      <c r="AY47" s="285"/>
+      <c r="AZ47" s="285"/>
+      <c r="BA47" s="285"/>
+      <c r="BB47" s="285"/>
+      <c r="BC47" s="285"/>
+      <c r="BD47" s="285"/>
+      <c r="BE47" s="285"/>
+      <c r="BF47" s="285"/>
+      <c r="BG47" s="304"/>
+    </row>
+    <row r="48" spans="1:59" s="4" customFormat="1" ht="14.1" customHeight="1">
+      <c r="A48" s="283" t="s">
         <v>42</v>
       </c>
-      <c r="B48" s="246"/>
-[...59 lines deleted...]
-      <c r="A49" s="246" t="s">
+      <c r="B48" s="283"/>
+      <c r="C48" s="283"/>
+      <c r="D48" s="283"/>
+      <c r="E48" s="283"/>
+      <c r="F48" s="283"/>
+      <c r="G48" s="283"/>
+      <c r="H48" s="283"/>
+      <c r="I48" s="283"/>
+      <c r="J48" s="284"/>
+      <c r="K48" s="285"/>
+      <c r="L48" s="285"/>
+      <c r="M48" s="285"/>
+      <c r="N48" s="285"/>
+      <c r="O48" s="285"/>
+      <c r="P48" s="285"/>
+      <c r="Q48" s="285"/>
+      <c r="R48" s="285"/>
+      <c r="S48" s="285"/>
+      <c r="T48" s="285"/>
+      <c r="U48" s="285"/>
+      <c r="V48" s="285"/>
+      <c r="W48" s="285"/>
+      <c r="X48" s="285"/>
+      <c r="Y48" s="285"/>
+      <c r="Z48" s="285"/>
+      <c r="AA48" s="285"/>
+      <c r="AB48" s="285"/>
+      <c r="AC48" s="285"/>
+      <c r="AD48" s="285"/>
+      <c r="AE48" s="285"/>
+      <c r="AF48" s="285"/>
+      <c r="AG48" s="285"/>
+      <c r="AH48" s="285"/>
+      <c r="AI48" s="285"/>
+      <c r="AJ48" s="285"/>
+      <c r="AK48" s="285"/>
+      <c r="AL48" s="285"/>
+      <c r="AM48" s="285"/>
+      <c r="AN48" s="285"/>
+      <c r="AO48" s="285"/>
+      <c r="AP48" s="285"/>
+      <c r="AQ48" s="285"/>
+      <c r="AR48" s="285"/>
+      <c r="AS48" s="285"/>
+      <c r="AT48" s="285"/>
+      <c r="AU48" s="285"/>
+      <c r="AV48" s="285"/>
+      <c r="AW48" s="285"/>
+      <c r="AX48" s="285"/>
+      <c r="AY48" s="285"/>
+      <c r="AZ48" s="285"/>
+      <c r="BA48" s="285"/>
+      <c r="BB48" s="285"/>
+      <c r="BC48" s="285"/>
+      <c r="BD48" s="285"/>
+      <c r="BE48" s="285"/>
+      <c r="BF48" s="285"/>
+      <c r="BG48" s="304"/>
+    </row>
+    <row r="49" spans="1:59" ht="14.1" customHeight="1">
+      <c r="A49" s="283" t="s">
         <v>20</v>
       </c>
-      <c r="B49" s="246"/>
-[...58 lines deleted...]
-    <row r="50" spans="1:59" ht="12.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B49" s="283"/>
+      <c r="C49" s="283"/>
+      <c r="D49" s="283"/>
+      <c r="E49" s="283"/>
+      <c r="F49" s="283"/>
+      <c r="G49" s="283"/>
+      <c r="H49" s="283"/>
+      <c r="I49" s="283"/>
+      <c r="J49" s="286"/>
+      <c r="K49" s="287"/>
+      <c r="L49" s="287"/>
+      <c r="M49" s="287"/>
+      <c r="N49" s="287"/>
+      <c r="O49" s="287"/>
+      <c r="P49" s="287"/>
+      <c r="Q49" s="287"/>
+      <c r="R49" s="287"/>
+      <c r="S49" s="287"/>
+      <c r="T49" s="287"/>
+      <c r="U49" s="287"/>
+      <c r="V49" s="287"/>
+      <c r="W49" s="287"/>
+      <c r="X49" s="287"/>
+      <c r="Y49" s="287"/>
+      <c r="Z49" s="287"/>
+      <c r="AA49" s="287"/>
+      <c r="AB49" s="287"/>
+      <c r="AC49" s="287"/>
+      <c r="AD49" s="287"/>
+      <c r="AE49" s="287"/>
+      <c r="AF49" s="287"/>
+      <c r="AG49" s="287"/>
+      <c r="AH49" s="287"/>
+      <c r="AI49" s="287"/>
+      <c r="AJ49" s="287"/>
+      <c r="AK49" s="287"/>
+      <c r="AL49" s="287"/>
+      <c r="AM49" s="287"/>
+      <c r="AN49" s="287"/>
+      <c r="AO49" s="287"/>
+      <c r="AP49" s="287"/>
+      <c r="AQ49" s="287"/>
+      <c r="AR49" s="287"/>
+      <c r="AS49" s="287"/>
+      <c r="AT49" s="287"/>
+      <c r="AU49" s="287"/>
+      <c r="AV49" s="287"/>
+      <c r="AW49" s="287"/>
+      <c r="AX49" s="287"/>
+      <c r="AY49" s="287"/>
+      <c r="AZ49" s="287"/>
+      <c r="BA49" s="287"/>
+      <c r="BB49" s="287"/>
+      <c r="BC49" s="287"/>
+      <c r="BD49" s="287"/>
+      <c r="BE49" s="287"/>
+      <c r="BF49" s="287"/>
+      <c r="BG49" s="303"/>
+    </row>
+    <row r="50" spans="1:59" ht="12.95" customHeight="1">
       <c r="BD50" s="29" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="DLTJiV54VQTwkPEhxKpWZpjKK9ioIF674ZvsF9GWrsVbCSCKafdlzla/6HDY/11rmXK8cIYhlEYXl9j79vXE1w==" saltValue="6W7WsMGhSoFwfbsiz3apuw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ntbAfUn2+HVgABbXypaXhvY5XhsBuPbV71mCjdx3b/Uh0mu+LbV+PVt50Hf1qEKGc+NT7gTq6oMgLHIMJz1dpw==" saltValue="ASce8Vzo/OJ9iQkgHzRHzg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <dataConsolidate/>
   <customSheetViews>
     <customSheetView guid="{909486AF-EBCC-41DF-9E70-6AEFD99A65CC}" scale="140" showPageBreaks="1" showGridLines="0" printArea="1">
       <selection sqref="A1:BG50"/>
       <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.23622047244094491" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.31496062992125984"/>
       <printOptions horizontalCentered="1" verticalCentered="1"/>
       <pageSetup paperSize="9" scale="85" orientation="landscape" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
-  <mergeCells count="195">
+  <mergeCells count="196">
+    <mergeCell ref="BJ2:BR2"/>
+    <mergeCell ref="K36:R36"/>
+    <mergeCell ref="K37:R37"/>
+    <mergeCell ref="K38:R38"/>
+    <mergeCell ref="AY45:BG46"/>
+    <mergeCell ref="BB32:BG36"/>
+    <mergeCell ref="BB37:BG37"/>
+    <mergeCell ref="BB38:BG42"/>
+    <mergeCell ref="G32:J32"/>
+    <mergeCell ref="G33:J33"/>
+    <mergeCell ref="G34:J34"/>
+    <mergeCell ref="G35:J35"/>
+    <mergeCell ref="AF45:AO46"/>
+    <mergeCell ref="AP45:AX46"/>
+    <mergeCell ref="G36:J36"/>
+    <mergeCell ref="G37:J37"/>
+    <mergeCell ref="G38:J38"/>
+    <mergeCell ref="G39:J39"/>
+    <mergeCell ref="G40:J40"/>
+    <mergeCell ref="G41:J41"/>
+    <mergeCell ref="AP43:AT43"/>
+    <mergeCell ref="K41:R41"/>
+    <mergeCell ref="K32:R32"/>
+    <mergeCell ref="AB42:AB43"/>
+    <mergeCell ref="AY49:BG49"/>
+    <mergeCell ref="AP48:AX48"/>
+    <mergeCell ref="AF49:AO49"/>
+    <mergeCell ref="AP49:AX49"/>
+    <mergeCell ref="AF48:AO48"/>
+    <mergeCell ref="AG39:AH39"/>
+    <mergeCell ref="AG32:AH32"/>
+    <mergeCell ref="AG33:AH33"/>
+    <mergeCell ref="AG34:AH34"/>
+    <mergeCell ref="AG36:AH36"/>
+    <mergeCell ref="AG37:AH37"/>
+    <mergeCell ref="AG38:AH38"/>
+    <mergeCell ref="AG40:AH40"/>
+    <mergeCell ref="AG41:AH41"/>
+    <mergeCell ref="AY48:BG48"/>
+    <mergeCell ref="AY47:BG47"/>
+    <mergeCell ref="AF47:AO47"/>
+    <mergeCell ref="A25:D25"/>
+    <mergeCell ref="A29:G29"/>
+    <mergeCell ref="E25:V25"/>
+    <mergeCell ref="AP47:AX47"/>
+    <mergeCell ref="T30:Z30"/>
+    <mergeCell ref="Z27:AF27"/>
+    <mergeCell ref="BB24:BC26"/>
+    <mergeCell ref="BD24:BE26"/>
+    <mergeCell ref="BB22:BC22"/>
+    <mergeCell ref="S30:S31"/>
+    <mergeCell ref="K30:R31"/>
+    <mergeCell ref="F30:F31"/>
+    <mergeCell ref="G30:J31"/>
+    <mergeCell ref="AG22:AH22"/>
+    <mergeCell ref="AG23:AH23"/>
+    <mergeCell ref="T22:Z23"/>
+    <mergeCell ref="S22:S23"/>
+    <mergeCell ref="AB22:AB23"/>
+    <mergeCell ref="AC42:AC43"/>
+    <mergeCell ref="K33:R33"/>
+    <mergeCell ref="K34:R34"/>
+    <mergeCell ref="K35:R35"/>
+    <mergeCell ref="AF22:AF23"/>
+    <mergeCell ref="Y25:AC25"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="J48:T48"/>
+    <mergeCell ref="U48:AE48"/>
+    <mergeCell ref="J49:T49"/>
+    <mergeCell ref="U49:AE49"/>
+    <mergeCell ref="J45:T46"/>
+    <mergeCell ref="U45:AE46"/>
+    <mergeCell ref="A47:I47"/>
+    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="J47:T47"/>
+    <mergeCell ref="U47:AE47"/>
+    <mergeCell ref="AD5:AF5"/>
+    <mergeCell ref="Y5:AC5"/>
+    <mergeCell ref="Q7:V7"/>
+    <mergeCell ref="T9:Y9"/>
+    <mergeCell ref="W7:Y7"/>
+    <mergeCell ref="AB2:AE2"/>
+    <mergeCell ref="F10:F11"/>
+    <mergeCell ref="K16:R16"/>
+    <mergeCell ref="Z7:AF7"/>
+    <mergeCell ref="AB10:AF10"/>
+    <mergeCell ref="H7:P8"/>
+    <mergeCell ref="E5:V5"/>
+    <mergeCell ref="AB9:AF9"/>
+    <mergeCell ref="AG14:AH14"/>
+    <mergeCell ref="AG15:AH15"/>
+    <mergeCell ref="S10:S11"/>
+    <mergeCell ref="K10:R11"/>
+    <mergeCell ref="K12:R12"/>
+    <mergeCell ref="K13:R13"/>
+    <mergeCell ref="K14:R14"/>
+    <mergeCell ref="K15:R15"/>
+    <mergeCell ref="H27:P28"/>
+    <mergeCell ref="Q27:V27"/>
+    <mergeCell ref="W27:Y27"/>
+    <mergeCell ref="S42:S43"/>
+    <mergeCell ref="T42:Z43"/>
+    <mergeCell ref="F42:J43"/>
+    <mergeCell ref="BF20:BG20"/>
+    <mergeCell ref="BF21:BG21"/>
+    <mergeCell ref="AG42:AH42"/>
+    <mergeCell ref="AG43:AH43"/>
+    <mergeCell ref="T29:Y29"/>
+    <mergeCell ref="BF24:BG26"/>
     <mergeCell ref="K39:R39"/>
     <mergeCell ref="K40:R40"/>
     <mergeCell ref="K22:R23"/>
+    <mergeCell ref="AB30:AF30"/>
+    <mergeCell ref="AD42:AD43"/>
+    <mergeCell ref="AE42:AE43"/>
+    <mergeCell ref="AF42:AF43"/>
+    <mergeCell ref="F22:J23"/>
+    <mergeCell ref="K42:R43"/>
+    <mergeCell ref="AD25:AF25"/>
+    <mergeCell ref="AC22:AC23"/>
+    <mergeCell ref="AD22:AD23"/>
+    <mergeCell ref="AE22:AE23"/>
+    <mergeCell ref="AG35:AH35"/>
+    <mergeCell ref="BB20:BC20"/>
+    <mergeCell ref="AB29:AF29"/>
+    <mergeCell ref="AG17:AH17"/>
+    <mergeCell ref="BD22:BE22"/>
+    <mergeCell ref="BF22:BG22"/>
+    <mergeCell ref="BF18:BG18"/>
+    <mergeCell ref="BD18:BE18"/>
+    <mergeCell ref="AG18:AH18"/>
+    <mergeCell ref="G18:J18"/>
+    <mergeCell ref="G19:J19"/>
+    <mergeCell ref="G20:J20"/>
+    <mergeCell ref="G21:J21"/>
+    <mergeCell ref="K17:R17"/>
+    <mergeCell ref="K18:R18"/>
+    <mergeCell ref="K19:R19"/>
+    <mergeCell ref="K20:R20"/>
+    <mergeCell ref="K21:R21"/>
+    <mergeCell ref="BF19:BG19"/>
+    <mergeCell ref="AG20:AH20"/>
+    <mergeCell ref="AG21:AH21"/>
+    <mergeCell ref="BB19:BC19"/>
+    <mergeCell ref="BB21:BC21"/>
+    <mergeCell ref="BB18:BC18"/>
+    <mergeCell ref="BD19:BE19"/>
+    <mergeCell ref="BD20:BE20"/>
+    <mergeCell ref="BD21:BE21"/>
+    <mergeCell ref="AG19:AH19"/>
+    <mergeCell ref="BD16:BE16"/>
+    <mergeCell ref="BB17:BC17"/>
+    <mergeCell ref="BB16:BC16"/>
+    <mergeCell ref="BD17:BE17"/>
+    <mergeCell ref="BF17:BG17"/>
+    <mergeCell ref="BF16:BG16"/>
+    <mergeCell ref="J2:T2"/>
+    <mergeCell ref="T10:Z10"/>
+    <mergeCell ref="AY5:AZ5"/>
+    <mergeCell ref="AJ5:AK5"/>
+    <mergeCell ref="AM5:AN5"/>
+    <mergeCell ref="AP5:AQ5"/>
+    <mergeCell ref="G10:J11"/>
+    <mergeCell ref="G12:J12"/>
+    <mergeCell ref="G13:J13"/>
+    <mergeCell ref="G14:J14"/>
+    <mergeCell ref="G15:J15"/>
+    <mergeCell ref="G16:J16"/>
+    <mergeCell ref="G17:J17"/>
+    <mergeCell ref="A9:G9"/>
+    <mergeCell ref="U2:V2"/>
+    <mergeCell ref="AG16:AH16"/>
     <mergeCell ref="BJ1:BR1"/>
     <mergeCell ref="AV2:BG2"/>
     <mergeCell ref="CL6:CP9"/>
     <mergeCell ref="AG12:AH12"/>
     <mergeCell ref="AG13:AH13"/>
     <mergeCell ref="AQ1:AS1"/>
     <mergeCell ref="W2:X2"/>
     <mergeCell ref="Y2:Z2"/>
     <mergeCell ref="AT1:AV1"/>
     <mergeCell ref="BD1:BG1"/>
     <mergeCell ref="AM1:AO1"/>
     <mergeCell ref="AF1:AH1"/>
     <mergeCell ref="AJ1:AL1"/>
     <mergeCell ref="K3:BG3"/>
     <mergeCell ref="A4:BG4"/>
     <mergeCell ref="D1:I3"/>
     <mergeCell ref="J1:P1"/>
     <mergeCell ref="Q1:W1"/>
     <mergeCell ref="Y1:AE1"/>
     <mergeCell ref="AX1:BC1"/>
     <mergeCell ref="AS5:AT5"/>
     <mergeCell ref="AV5:AW5"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="AF2:AI2"/>
-    <mergeCell ref="BD16:BE16"/>
-[...166 lines deleted...]
-    <mergeCell ref="AC42:AC43"/>
   </mergeCells>
   <conditionalFormatting sqref="B10:C40">
-    <cfRule type="cellIs" dxfId="67" priority="26" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="70" priority="26" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D10">
-    <cfRule type="cellIs" dxfId="66" priority="109" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="69" priority="109" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="65" priority="108" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="68" priority="108" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D12">
-    <cfRule type="cellIs" dxfId="64" priority="105" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="67" priority="104" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="63" priority="104" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="66" priority="105" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D14">
-    <cfRule type="cellIs" dxfId="62" priority="101" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="65" priority="100" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="61" priority="100" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="64" priority="101" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D16">
-    <cfRule type="cellIs" dxfId="60" priority="97" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="63" priority="96" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="59" priority="96" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="62" priority="97" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D18">
-    <cfRule type="cellIs" dxfId="58" priority="93" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="61" priority="93" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="57" priority="92" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="60" priority="92" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D20">
-    <cfRule type="cellIs" dxfId="56" priority="89" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="59" priority="89" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="55" priority="88" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="58" priority="88" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D30">
-    <cfRule type="cellIs" dxfId="54" priority="48" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="57" priority="49" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="53" priority="49" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="56" priority="48" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D32">
-    <cfRule type="cellIs" dxfId="52" priority="44" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="55" priority="45" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="51" priority="45" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="54" priority="44" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D34">
-    <cfRule type="cellIs" dxfId="50" priority="41" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="53" priority="41" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="49" priority="40" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="52" priority="40" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D36">
-    <cfRule type="cellIs" dxfId="48" priority="36" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="51" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="47" priority="37" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="50" priority="36" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D38">
-    <cfRule type="cellIs" dxfId="46" priority="33" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="49" priority="33" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="45" priority="32" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="48" priority="32" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D40">
-    <cfRule type="cellIs" dxfId="44" priority="28" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="47" priority="29" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="43" priority="29" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="46" priority="28" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E10 E12 E14 E16 E18 E20">
-    <cfRule type="cellIs" dxfId="42" priority="111" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="45" priority="111" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="41" priority="110" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="44" priority="110" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E30 E32 E34 E36 E38 E40">
-    <cfRule type="cellIs" dxfId="40" priority="50" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="43" priority="50" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="39" priority="51" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="42" priority="51" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="H7 Q7">
-    <cfRule type="containsText" dxfId="38" priority="122" stopIfTrue="1" operator="containsText" text="X">
+    <cfRule type="colorScale" priority="129">
+      <colorScale>
+        <cfvo type="min"/>
+        <cfvo type="max"/>
+        <color theme="0"/>
+        <color rgb="FFFF0000"/>
+      </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="41" priority="122" stopIfTrue="1" operator="containsText" text="X">
       <formula>NOT(ISERROR(SEARCH("X",H7)))</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="37" priority="123" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="40" priority="123" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" priority="127" stopIfTrue="1" operator="between">
-[...44 lines deleted...]
-  <conditionalFormatting sqref="Q7 H7">
     <cfRule type="colorScale" priority="124">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="max"/>
         <color theme="0"/>
         <color rgb="FFFF0000"/>
       </colorScale>
     </cfRule>
-    <cfRule type="colorScale" priority="129">
-[...5 lines deleted...]
-      </colorScale>
+    <cfRule type="cellIs" priority="125" stopIfTrue="1" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" priority="126" stopIfTrue="1">
+      <formula>"&gt;0"</formula>
+    </cfRule>
+    <cfRule type="cellIs" priority="127" stopIfTrue="1" operator="between">
+      <formula>0</formula>
+      <formula>1</formula>
     </cfRule>
     <cfRule type="colorScale" priority="128">
       <colorScale>
         <cfvo type="formula" val="#REF!"/>
         <cfvo type="max"/>
         <color rgb="FFFF0000"/>
         <color rgb="FFFFEF9C"/>
       </colorScale>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="Q7">
-    <cfRule type="cellIs" dxfId="30" priority="113" stopIfTrue="1" operator="greaterThan">
+  <conditionalFormatting sqref="H7">
+    <cfRule type="cellIs" dxfId="39" priority="115" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="29" priority="114" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="38" priority="116" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="Q27 H27">
-[...7 lines deleted...]
-    </cfRule>
+  <conditionalFormatting sqref="H27 Q27">
     <cfRule type="colorScale" priority="69">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="max"/>
         <color theme="0"/>
         <color rgb="FFFF0000"/>
       </colorScale>
+    </cfRule>
+    <cfRule type="containsText" dxfId="37" priority="62" stopIfTrue="1" operator="containsText" text="X">
+      <formula>NOT(ISERROR(SEARCH("X",H27)))</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="36" priority="63" stopIfTrue="1" operator="greaterThan">
+      <formula>0</formula>
     </cfRule>
     <cfRule type="colorScale" priority="64">
       <colorScale>
         <cfvo type="min"/>
         <cfvo type="max"/>
         <color theme="0"/>
         <color rgb="FFFF0000"/>
       </colorScale>
     </cfRule>
+    <cfRule type="cellIs" priority="65" stopIfTrue="1" operator="notEqual">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" priority="66" stopIfTrue="1">
+      <formula>"&gt;0"</formula>
+    </cfRule>
+    <cfRule type="cellIs" priority="67" stopIfTrue="1" operator="between">
+      <formula>0</formula>
+      <formula>1</formula>
+    </cfRule>
+    <cfRule type="colorScale" priority="68">
+      <colorScale>
+        <cfvo type="formula" val="#REF!"/>
+        <cfvo type="max"/>
+        <color rgb="FFFF0000"/>
+        <color rgb="FFFFEF9C"/>
+      </colorScale>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="H27">
+    <cfRule type="cellIs" dxfId="35" priority="56" stopIfTrue="1" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="34" priority="55" stopIfTrue="1" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="Q7">
+    <cfRule type="cellIs" dxfId="33" priority="114" stopIfTrue="1" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="32" priority="113" stopIfTrue="1" operator="greaterThan">
+      <formula>0</formula>
+    </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q27">
-    <cfRule type="cellIs" dxfId="28" priority="54" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="31" priority="54" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="27" priority="53" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="30" priority="53" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="R8:R9 R24:R28">
-    <cfRule type="cellIs" dxfId="26" priority="61" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="29" priority="61" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T8">
-    <cfRule type="cellIs" dxfId="25" priority="120" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="28" priority="120" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="T28">
-    <cfRule type="cellIs" dxfId="24" priority="60" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="27" priority="60" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V8">
-    <cfRule type="cellIs" dxfId="23" priority="119" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="26" priority="117" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="22" priority="117" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="25" priority="119" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V8:V10 V24:V28">
-    <cfRule type="cellIs" dxfId="21" priority="52" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="24" priority="52" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="V28">
-    <cfRule type="cellIs" dxfId="20" priority="59" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="23" priority="59" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="19" priority="57" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="22" priority="57" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB12:AD22 AB24:AD24 AB26:AD28 AB32:AD42">
-    <cfRule type="cellIs" dxfId="18" priority="13" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="21" priority="13" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB12:AD22">
-    <cfRule type="cellIs" dxfId="17" priority="72" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="20" priority="72" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="16" priority="74" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="19" priority="74" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AB32:AD42">
-    <cfRule type="cellIs" dxfId="15" priority="12" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="18" priority="14" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="14" priority="14" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="17" priority="12" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AD12:AE22 AD24:AE24 AD26:AE28 AD32:AE42">
-    <cfRule type="cellIs" dxfId="13" priority="10" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="16" priority="10" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AF12:AF22 AF24 AF26:AF28 AF32:AF42">
-    <cfRule type="cellIs" dxfId="12" priority="22" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="15" priority="20" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="11" priority="20" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="14" priority="22" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="10" priority="21" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="13" priority="21" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AG12:AG23">
-    <cfRule type="cellIs" dxfId="9" priority="84" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="12" priority="84" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AG32:AG43">
-    <cfRule type="cellIs" dxfId="8" priority="24" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="11" priority="24" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BB32">
-    <cfRule type="cellIs" dxfId="7" priority="9" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="10" priority="9" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="6" priority="6" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="9" priority="8" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="5" priority="5" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="8" priority="6" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="4" priority="3" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="7" priority="5" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="3" priority="8" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="6" priority="3" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="BB38">
-    <cfRule type="cellIs" dxfId="2" priority="2" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="5" priority="2" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="1" priority="7" stopIfTrue="1" operator="equal">
+    <cfRule type="cellIs" dxfId="4" priority="7" stopIfTrue="1" operator="equal">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="0" priority="4" stopIfTrue="1" operator="greaterThan">
+    <cfRule type="cellIs" dxfId="3" priority="4" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="U2" xr:uid="{8DAC5284-9DF9-4B94-862D-913FD4716F36}">
       <formula1>JOUR</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y2:Z2" xr:uid="{60B75954-A285-48DC-A4A9-E25E0CE342EB}">
       <formula1>ANNEE</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.23622047244094491" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="9">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="11">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{4E499838-F95A-4D41-9567-AE79C8D09531}">
           <x14:formula1>
             <xm:f>Feuil1!$C$3:$C$20</xm:f>
           </x14:formula1>
           <xm:sqref>AF2:AI2</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{2BAA40B1-0C90-4495-BBB6-85CB636EAD71}">
           <x14:formula1>
             <xm:f>Feuil1!$F$3:$F$14</xm:f>
           </x14:formula1>
           <xm:sqref>W2:X2</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7443008A-1B1A-4DA7-9993-A7DBE68AAF1F}">
           <x14:formula1>
             <xm:f>Feuil1!$N$3:$N$4</xm:f>
           </x14:formula1>
           <xm:sqref>AM1</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{46D63A3C-3674-4A91-BA65-ACE8ABEA5B2A}">
           <x14:formula1>
             <xm:f>Feuil1!$J$3:$J$6</xm:f>
           </x14:formula1>
           <xm:sqref>Q1:W1</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{61CA944E-4A0A-46D7-89C8-1E7C8E0A29D1}">
           <x14:formula1>
             <xm:f>Feuil1!$O$3:$O$12</xm:f>
           </x14:formula1>
           <xm:sqref>AT1:AV1</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1D812782-01D4-4205-974A-17B45CF3ABD8}">
           <x14:formula1>
             <xm:f>Feuil1!$Q$3:$Q$6</xm:f>
           </x14:formula1>
           <xm:sqref>AD5 AD25</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8952371D-5E27-4E8E-BEA0-E11D444D0DC8}">
           <x14:formula1>
             <xm:f>Feuil1!$S$3</xm:f>
           </x14:formula1>
-          <xm:sqref>F12:F21 F32:F41</xm:sqref>
+          <xm:sqref>F32:F41</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F7369BE2-4151-4690-8B95-1AB17E60506A}">
           <x14:formula1>
             <xm:f>Feuil1!$I$3:$I$4</xm:f>
           </x14:formula1>
-          <xm:sqref>S12:S22 S32:S42</xm:sqref>
+          <xm:sqref>S32:S42 S12:S22</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E9DFE728-DCB4-4AA7-B9A5-6E2FD7A9F8C3}">
           <x14:formula1>
             <xm:f>Feuil1!$B$3:$B$45</xm:f>
           </x14:formula1>
           <xm:sqref>E25:V25 E5:V5</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B2A82DF0-1963-42F8-97F1-D69ED3F51680}">
+          <x14:formula1>
+            <xm:f>'Licenciés U11'!$F$2:$F$46</xm:f>
+          </x14:formula1>
+          <xm:sqref>T22:Z23</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F4452311-D7C9-4CAB-99CB-F5C75D0EB33E}">
+          <x14:formula1>
+            <xm:f>'Licenciés U11'!A2:A46</xm:f>
+          </x14:formula1>
+          <xm:sqref>K12:R21</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EF698978-CC9E-4D6C-A897-840BD1C7F5E0}">
   <dimension ref="A1:Z42"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="150" zoomScaleNormal="150" workbookViewId="0">
-      <selection activeCell="F5" sqref="F5"/>
+      <selection activeCell="A6" sqref="A6:S6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="3.7109375" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="3.7109375" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="16384" width="3.7109375" style="116"/>
+    <col min="1" max="16384" width="3.7109375" style="113"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="B5" s="125" t="s">
+    <row r="1" spans="1:26" ht="15" customHeight="1">
+      <c r="F1" s="140"/>
+      <c r="J1" s="371"/>
+      <c r="K1" s="371"/>
+      <c r="L1" s="371"/>
+    </row>
+    <row r="5" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A5" s="121"/>
+      <c r="B5" s="122" t="s">
         <v>110</v>
       </c>
-      <c r="C5" s="126"/>
-[...16 lines deleted...]
-      <c r="T5" s="316" t="s">
+      <c r="C5" s="123"/>
+      <c r="D5" s="123"/>
+      <c r="E5" s="123"/>
+      <c r="F5" s="123"/>
+      <c r="G5" s="123"/>
+      <c r="H5" s="123"/>
+      <c r="I5" s="123"/>
+      <c r="J5" s="123"/>
+      <c r="K5" s="345"/>
+      <c r="L5" s="345"/>
+      <c r="M5" s="345"/>
+      <c r="N5" s="345"/>
+      <c r="O5" s="345"/>
+      <c r="P5" s="345"/>
+      <c r="Q5" s="345"/>
+      <c r="R5" s="345"/>
+      <c r="S5" s="346"/>
+      <c r="T5" s="397" t="s">
         <v>111</v>
       </c>
-      <c r="U5" s="317"/>
-[...26 lines deleted...]
-      <c r="T6" s="145" t="s">
+      <c r="U5" s="398"/>
+      <c r="V5" s="398"/>
+      <c r="W5" s="398"/>
+      <c r="X5" s="398"/>
+      <c r="Y5" s="398"/>
+      <c r="Z5" s="399"/>
+    </row>
+    <row r="6" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A6" s="379"/>
+      <c r="B6" s="380"/>
+      <c r="C6" s="380"/>
+      <c r="D6" s="380"/>
+      <c r="E6" s="380"/>
+      <c r="F6" s="380"/>
+      <c r="G6" s="380"/>
+      <c r="H6" s="380"/>
+      <c r="I6" s="380"/>
+      <c r="J6" s="380"/>
+      <c r="K6" s="380"/>
+      <c r="L6" s="380"/>
+      <c r="M6" s="380"/>
+      <c r="N6" s="380"/>
+      <c r="O6" s="380"/>
+      <c r="P6" s="380"/>
+      <c r="Q6" s="380"/>
+      <c r="R6" s="380"/>
+      <c r="S6" s="381"/>
+      <c r="T6" s="142" t="s">
         <v>139</v>
       </c>
-      <c r="U6" s="146"/>
-[...26 lines deleted...]
-      <c r="T7" s="147" t="s">
+      <c r="U6" s="143"/>
+      <c r="V6" s="403"/>
+      <c r="W6" s="403"/>
+      <c r="X6" s="403"/>
+      <c r="Y6" s="403"/>
+      <c r="Z6" s="404"/>
+    </row>
+    <row r="7" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A7" s="391"/>
+      <c r="B7" s="392"/>
+      <c r="C7" s="392"/>
+      <c r="D7" s="392"/>
+      <c r="E7" s="392"/>
+      <c r="F7" s="392"/>
+      <c r="G7" s="392"/>
+      <c r="H7" s="392"/>
+      <c r="I7" s="392"/>
+      <c r="J7" s="392"/>
+      <c r="K7" s="392"/>
+      <c r="L7" s="392"/>
+      <c r="M7" s="392"/>
+      <c r="N7" s="392"/>
+      <c r="O7" s="392"/>
+      <c r="P7" s="392"/>
+      <c r="Q7" s="392"/>
+      <c r="R7" s="392"/>
+      <c r="S7" s="393"/>
+      <c r="T7" s="144" t="s">
         <v>140</v>
       </c>
-      <c r="U7" s="148"/>
-[...26 lines deleted...]
-      <c r="T8" s="147" t="s">
+      <c r="U7" s="145"/>
+      <c r="V7" s="405"/>
+      <c r="W7" s="405"/>
+      <c r="X7" s="405"/>
+      <c r="Y7" s="405"/>
+      <c r="Z7" s="406"/>
+    </row>
+    <row r="8" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A8" s="382"/>
+      <c r="B8" s="383"/>
+      <c r="C8" s="383"/>
+      <c r="D8" s="383"/>
+      <c r="E8" s="383"/>
+      <c r="F8" s="383"/>
+      <c r="G8" s="383"/>
+      <c r="H8" s="383"/>
+      <c r="I8" s="383"/>
+      <c r="J8" s="383"/>
+      <c r="K8" s="383"/>
+      <c r="L8" s="383"/>
+      <c r="M8" s="383"/>
+      <c r="N8" s="383"/>
+      <c r="O8" s="383"/>
+      <c r="P8" s="383"/>
+      <c r="Q8" s="383"/>
+      <c r="R8" s="383"/>
+      <c r="S8" s="384"/>
+      <c r="T8" s="144" t="s">
         <v>114</v>
       </c>
-      <c r="U8" s="148"/>
-[...26 lines deleted...]
-      <c r="T9" s="149" t="s">
+      <c r="U8" s="145"/>
+      <c r="V8" s="148"/>
+      <c r="W8" s="405"/>
+      <c r="X8" s="405"/>
+      <c r="Y8" s="405"/>
+      <c r="Z8" s="406"/>
+    </row>
+    <row r="9" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A9" s="385"/>
+      <c r="B9" s="386"/>
+      <c r="C9" s="386"/>
+      <c r="D9" s="386"/>
+      <c r="E9" s="386"/>
+      <c r="F9" s="386"/>
+      <c r="G9" s="386"/>
+      <c r="H9" s="386"/>
+      <c r="I9" s="386"/>
+      <c r="J9" s="386"/>
+      <c r="K9" s="386"/>
+      <c r="L9" s="386"/>
+      <c r="M9" s="386"/>
+      <c r="N9" s="386"/>
+      <c r="O9" s="386"/>
+      <c r="P9" s="386"/>
+      <c r="Q9" s="386"/>
+      <c r="R9" s="386"/>
+      <c r="S9" s="387"/>
+      <c r="T9" s="146" t="s">
         <v>116</v>
       </c>
-      <c r="U9" s="150"/>
-[...7 lines deleted...]
-      <c r="A11" s="331" t="s">
+      <c r="U9" s="147"/>
+      <c r="V9" s="149"/>
+      <c r="W9" s="407"/>
+      <c r="X9" s="407"/>
+      <c r="Y9" s="407"/>
+      <c r="Z9" s="408"/>
+    </row>
+    <row r="11" spans="1:26" ht="15" customHeight="1">
+      <c r="A11" s="400" t="s">
         <v>117</v>
       </c>
-      <c r="B11" s="332"/>
-[...17 lines deleted...]
-      <c r="T11" s="313" t="s">
+      <c r="B11" s="401"/>
+      <c r="C11" s="401"/>
+      <c r="D11" s="401"/>
+      <c r="E11" s="401"/>
+      <c r="F11" s="401"/>
+      <c r="G11" s="401"/>
+      <c r="H11" s="401"/>
+      <c r="I11" s="401"/>
+      <c r="J11" s="401"/>
+      <c r="K11" s="401"/>
+      <c r="L11" s="401"/>
+      <c r="M11" s="401"/>
+      <c r="N11" s="401"/>
+      <c r="O11" s="401"/>
+      <c r="P11" s="401"/>
+      <c r="Q11" s="401"/>
+      <c r="R11" s="401"/>
+      <c r="S11" s="402"/>
+      <c r="T11" s="414" t="s">
         <v>125</v>
       </c>
-      <c r="U11" s="314"/>
-[...7 lines deleted...]
-      <c r="A12" s="322" t="s">
+      <c r="U11" s="415"/>
+      <c r="V11" s="415"/>
+      <c r="W11" s="415"/>
+      <c r="X11" s="415"/>
+      <c r="Y11" s="415"/>
+      <c r="Z11" s="416"/>
+    </row>
+    <row r="12" spans="1:26" ht="15" customHeight="1">
+      <c r="A12" s="394" t="s">
         <v>62</v>
       </c>
-      <c r="B12" s="323"/>
-[...4 lines deleted...]
-      <c r="G12" s="322" t="s">
+      <c r="B12" s="395"/>
+      <c r="C12" s="395"/>
+      <c r="D12" s="395"/>
+      <c r="E12" s="395"/>
+      <c r="F12" s="396"/>
+      <c r="G12" s="394" t="s">
         <v>118</v>
       </c>
-      <c r="H12" s="324"/>
-      <c r="I12" s="322" t="s">
+      <c r="H12" s="396"/>
+      <c r="I12" s="394" t="s">
         <v>119</v>
       </c>
-      <c r="J12" s="324"/>
-      <c r="K12" s="322" t="s">
+      <c r="J12" s="396"/>
+      <c r="K12" s="394" t="s">
         <v>120</v>
       </c>
-      <c r="L12" s="323"/>
-[...7 lines deleted...]
-      <c r="T12" s="310" t="s">
+      <c r="L12" s="395"/>
+      <c r="M12" s="395"/>
+      <c r="N12" s="395"/>
+      <c r="O12" s="395"/>
+      <c r="P12" s="395"/>
+      <c r="Q12" s="395"/>
+      <c r="R12" s="395"/>
+      <c r="S12" s="396"/>
+      <c r="T12" s="354" t="s">
         <v>142</v>
       </c>
-      <c r="U12" s="311"/>
-[...15 lines deleted...]
-      <c r="I13" s="153" t="s">
+      <c r="U12" s="355"/>
+      <c r="V12" s="355"/>
+      <c r="W12" s="355"/>
+      <c r="X12" s="355"/>
+      <c r="Y12" s="355"/>
+      <c r="Z12" s="356"/>
+    </row>
+    <row r="13" spans="1:26" ht="15" customHeight="1">
+      <c r="A13" s="364"/>
+      <c r="B13" s="365"/>
+      <c r="C13" s="365"/>
+      <c r="D13" s="365"/>
+      <c r="E13" s="365"/>
+      <c r="F13" s="366"/>
+      <c r="G13" s="409"/>
+      <c r="H13" s="410"/>
+      <c r="I13" s="150" t="s">
         <v>0</v>
       </c>
-      <c r="J13" s="153" t="s">
+      <c r="J13" s="150" t="s">
         <v>1</v>
       </c>
-      <c r="K13" s="153" t="s">
+      <c r="K13" s="150" t="s">
         <v>121</v>
       </c>
-      <c r="L13" s="330" t="s">
+      <c r="L13" s="411" t="s">
         <v>122</v>
       </c>
-      <c r="M13" s="330"/>
-[...2 lines deleted...]
-      <c r="P13" s="330" t="s">
+      <c r="M13" s="411"/>
+      <c r="N13" s="411"/>
+      <c r="O13" s="411"/>
+      <c r="P13" s="411" t="s">
         <v>123</v>
       </c>
-      <c r="Q13" s="330"/>
-[...2 lines deleted...]
-      <c r="T13" s="137" t="s">
+      <c r="Q13" s="411"/>
+      <c r="R13" s="411"/>
+      <c r="S13" s="411"/>
+      <c r="T13" s="134" t="s">
         <v>112</v>
       </c>
-      <c r="U13" s="138"/>
-[...7 lines deleted...]
-      <c r="A14" s="154" t="s">
+      <c r="U13" s="135"/>
+      <c r="V13" s="367"/>
+      <c r="W13" s="367"/>
+      <c r="X13" s="367"/>
+      <c r="Y13" s="367"/>
+      <c r="Z13" s="368"/>
+    </row>
+    <row r="14" spans="1:26" ht="15" customHeight="1">
+      <c r="A14" s="151" t="s">
         <v>124</v>
       </c>
-      <c r="B14" s="308"/>
-[...26 lines deleted...]
-      <c r="A15" s="322" t="s">
+      <c r="B14" s="412"/>
+      <c r="C14" s="412"/>
+      <c r="D14" s="412"/>
+      <c r="E14" s="412"/>
+      <c r="F14" s="412"/>
+      <c r="G14" s="412"/>
+      <c r="H14" s="412"/>
+      <c r="I14" s="412"/>
+      <c r="J14" s="412"/>
+      <c r="K14" s="412"/>
+      <c r="L14" s="412"/>
+      <c r="M14" s="412"/>
+      <c r="N14" s="412"/>
+      <c r="O14" s="412"/>
+      <c r="P14" s="412"/>
+      <c r="Q14" s="412"/>
+      <c r="R14" s="412"/>
+      <c r="S14" s="413"/>
+      <c r="T14" s="124"/>
+      <c r="U14" s="125"/>
+      <c r="V14" s="369"/>
+      <c r="W14" s="369"/>
+      <c r="X14" s="369"/>
+      <c r="Y14" s="369"/>
+      <c r="Z14" s="370"/>
+    </row>
+    <row r="15" spans="1:26" ht="15" customHeight="1">
+      <c r="A15" s="394" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="323"/>
-[...4 lines deleted...]
-      <c r="G15" s="322" t="s">
+      <c r="B15" s="395"/>
+      <c r="C15" s="395"/>
+      <c r="D15" s="395"/>
+      <c r="E15" s="395"/>
+      <c r="F15" s="396"/>
+      <c r="G15" s="394" t="s">
         <v>118</v>
       </c>
-      <c r="H15" s="324"/>
-      <c r="I15" s="322" t="s">
+      <c r="H15" s="396"/>
+      <c r="I15" s="394" t="s">
         <v>119</v>
       </c>
-      <c r="J15" s="324"/>
-      <c r="K15" s="322" t="s">
+      <c r="J15" s="396"/>
+      <c r="K15" s="394" t="s">
         <v>120</v>
       </c>
-      <c r="L15" s="323"/>
-[...7 lines deleted...]
-      <c r="T15" s="310" t="s">
+      <c r="L15" s="395"/>
+      <c r="M15" s="395"/>
+      <c r="N15" s="395"/>
+      <c r="O15" s="395"/>
+      <c r="P15" s="395"/>
+      <c r="Q15" s="395"/>
+      <c r="R15" s="395"/>
+      <c r="S15" s="396"/>
+      <c r="T15" s="354" t="s">
         <v>142</v>
       </c>
-      <c r="U15" s="311"/>
-[...15 lines deleted...]
-      <c r="I16" s="153" t="s">
+      <c r="U15" s="355"/>
+      <c r="V15" s="355"/>
+      <c r="W15" s="355"/>
+      <c r="X15" s="355"/>
+      <c r="Y15" s="355"/>
+      <c r="Z15" s="356"/>
+    </row>
+    <row r="16" spans="1:26" ht="15" customHeight="1">
+      <c r="A16" s="364"/>
+      <c r="B16" s="365"/>
+      <c r="C16" s="365"/>
+      <c r="D16" s="365"/>
+      <c r="E16" s="365"/>
+      <c r="F16" s="366"/>
+      <c r="G16" s="409"/>
+      <c r="H16" s="410"/>
+      <c r="I16" s="150" t="s">
         <v>0</v>
       </c>
-      <c r="J16" s="153" t="s">
+      <c r="J16" s="150" t="s">
         <v>1</v>
       </c>
-      <c r="K16" s="153" t="s">
+      <c r="K16" s="150" t="s">
         <v>121</v>
       </c>
-      <c r="L16" s="330" t="s">
+      <c r="L16" s="411" t="s">
         <v>122</v>
       </c>
-      <c r="M16" s="330"/>
-[...2 lines deleted...]
-      <c r="P16" s="330" t="s">
+      <c r="M16" s="411"/>
+      <c r="N16" s="411"/>
+      <c r="O16" s="411"/>
+      <c r="P16" s="411" t="s">
         <v>123</v>
       </c>
-      <c r="Q16" s="330"/>
-[...2 lines deleted...]
-      <c r="T16" s="137" t="s">
+      <c r="Q16" s="411"/>
+      <c r="R16" s="411"/>
+      <c r="S16" s="411"/>
+      <c r="T16" s="134" t="s">
         <v>113</v>
       </c>
-      <c r="U16" s="126"/>
-[...7 lines deleted...]
-      <c r="A17" s="154" t="s">
+      <c r="U16" s="123"/>
+      <c r="V16" s="357"/>
+      <c r="W16" s="357"/>
+      <c r="X16" s="357"/>
+      <c r="Y16" s="357"/>
+      <c r="Z16" s="358"/>
+    </row>
+    <row r="17" spans="1:26" ht="15" customHeight="1">
+      <c r="A17" s="151" t="s">
         <v>124</v>
       </c>
-      <c r="B17" s="308"/>
-[...26 lines deleted...]
-      <c r="A18" s="322" t="s">
+      <c r="B17" s="412"/>
+      <c r="C17" s="412"/>
+      <c r="D17" s="412"/>
+      <c r="E17" s="412"/>
+      <c r="F17" s="412"/>
+      <c r="G17" s="412"/>
+      <c r="H17" s="412"/>
+      <c r="I17" s="412"/>
+      <c r="J17" s="412"/>
+      <c r="K17" s="412"/>
+      <c r="L17" s="412"/>
+      <c r="M17" s="412"/>
+      <c r="N17" s="412"/>
+      <c r="O17" s="412"/>
+      <c r="P17" s="412"/>
+      <c r="Q17" s="412"/>
+      <c r="R17" s="412"/>
+      <c r="S17" s="413"/>
+      <c r="T17" s="124"/>
+      <c r="U17" s="125"/>
+      <c r="V17" s="334"/>
+      <c r="W17" s="334"/>
+      <c r="X17" s="334"/>
+      <c r="Y17" s="334"/>
+      <c r="Z17" s="335"/>
+    </row>
+    <row r="18" spans="1:26" ht="15" customHeight="1">
+      <c r="A18" s="394" t="s">
         <v>62</v>
       </c>
-      <c r="B18" s="323"/>
-[...4 lines deleted...]
-      <c r="G18" s="322" t="s">
+      <c r="B18" s="395"/>
+      <c r="C18" s="395"/>
+      <c r="D18" s="395"/>
+      <c r="E18" s="395"/>
+      <c r="F18" s="396"/>
+      <c r="G18" s="394" t="s">
         <v>118</v>
       </c>
-      <c r="H18" s="324"/>
-      <c r="I18" s="322" t="s">
+      <c r="H18" s="396"/>
+      <c r="I18" s="394" t="s">
         <v>119</v>
       </c>
-      <c r="J18" s="324"/>
-      <c r="K18" s="322" t="s">
+      <c r="J18" s="396"/>
+      <c r="K18" s="394" t="s">
         <v>120</v>
       </c>
-      <c r="L18" s="323"/>
-[...7 lines deleted...]
-      <c r="T18" s="310" t="s">
+      <c r="L18" s="395"/>
+      <c r="M18" s="395"/>
+      <c r="N18" s="395"/>
+      <c r="O18" s="395"/>
+      <c r="P18" s="395"/>
+      <c r="Q18" s="395"/>
+      <c r="R18" s="395"/>
+      <c r="S18" s="396"/>
+      <c r="T18" s="354" t="s">
         <v>142</v>
       </c>
-      <c r="U18" s="311"/>
-[...15 lines deleted...]
-      <c r="I19" s="153" t="s">
+      <c r="U18" s="355"/>
+      <c r="V18" s="355"/>
+      <c r="W18" s="355"/>
+      <c r="X18" s="355"/>
+      <c r="Y18" s="355"/>
+      <c r="Z18" s="356"/>
+    </row>
+    <row r="19" spans="1:26" ht="15" customHeight="1">
+      <c r="A19" s="364"/>
+      <c r="B19" s="365"/>
+      <c r="C19" s="365"/>
+      <c r="D19" s="365"/>
+      <c r="E19" s="365"/>
+      <c r="F19" s="366"/>
+      <c r="G19" s="409"/>
+      <c r="H19" s="410"/>
+      <c r="I19" s="150" t="s">
         <v>0</v>
       </c>
-      <c r="J19" s="153" t="s">
+      <c r="J19" s="150" t="s">
         <v>1</v>
       </c>
-      <c r="K19" s="153" t="s">
+      <c r="K19" s="150" t="s">
         <v>121</v>
       </c>
-      <c r="L19" s="330" t="s">
+      <c r="L19" s="411" t="s">
         <v>122</v>
       </c>
-      <c r="M19" s="330"/>
-[...2 lines deleted...]
-      <c r="P19" s="330" t="s">
+      <c r="M19" s="411"/>
+      <c r="N19" s="411"/>
+      <c r="O19" s="411"/>
+      <c r="P19" s="411" t="s">
         <v>123</v>
       </c>
-      <c r="Q19" s="330"/>
-[...2 lines deleted...]
-      <c r="T19" s="137" t="s">
+      <c r="Q19" s="411"/>
+      <c r="R19" s="411"/>
+      <c r="S19" s="411"/>
+      <c r="T19" s="134" t="s">
         <v>114</v>
       </c>
-      <c r="U19" s="126"/>
-[...7 lines deleted...]
-      <c r="A20" s="154" t="s">
+      <c r="U19" s="123"/>
+      <c r="V19" s="123"/>
+      <c r="W19" s="357"/>
+      <c r="X19" s="357"/>
+      <c r="Y19" s="357"/>
+      <c r="Z19" s="358"/>
+    </row>
+    <row r="20" spans="1:26" ht="15" customHeight="1">
+      <c r="A20" s="151" t="s">
         <v>124</v>
       </c>
-      <c r="B20" s="308"/>
-[...26 lines deleted...]
-      <c r="A21" s="322" t="s">
+      <c r="B20" s="412"/>
+      <c r="C20" s="412"/>
+      <c r="D20" s="412"/>
+      <c r="E20" s="412"/>
+      <c r="F20" s="412"/>
+      <c r="G20" s="412"/>
+      <c r="H20" s="412"/>
+      <c r="I20" s="412"/>
+      <c r="J20" s="412"/>
+      <c r="K20" s="412"/>
+      <c r="L20" s="412"/>
+      <c r="M20" s="412"/>
+      <c r="N20" s="412"/>
+      <c r="O20" s="412"/>
+      <c r="P20" s="412"/>
+      <c r="Q20" s="412"/>
+      <c r="R20" s="412"/>
+      <c r="S20" s="413"/>
+      <c r="T20" s="124"/>
+      <c r="U20" s="125"/>
+      <c r="V20" s="125"/>
+      <c r="W20" s="334"/>
+      <c r="X20" s="334"/>
+      <c r="Y20" s="334"/>
+      <c r="Z20" s="335"/>
+    </row>
+    <row r="21" spans="1:26" ht="15" customHeight="1">
+      <c r="A21" s="394" t="s">
         <v>62</v>
       </c>
-      <c r="B21" s="323"/>
-[...4 lines deleted...]
-      <c r="G21" s="322" t="s">
+      <c r="B21" s="395"/>
+      <c r="C21" s="395"/>
+      <c r="D21" s="395"/>
+      <c r="E21" s="395"/>
+      <c r="F21" s="396"/>
+      <c r="G21" s="394" t="s">
         <v>118</v>
       </c>
-      <c r="H21" s="324"/>
-      <c r="I21" s="322" t="s">
+      <c r="H21" s="396"/>
+      <c r="I21" s="394" t="s">
         <v>119</v>
       </c>
-      <c r="J21" s="324"/>
-      <c r="K21" s="322" t="s">
+      <c r="J21" s="396"/>
+      <c r="K21" s="394" t="s">
         <v>120</v>
       </c>
-      <c r="L21" s="323"/>
-[...7 lines deleted...]
-      <c r="T21" s="310" t="s">
+      <c r="L21" s="395"/>
+      <c r="M21" s="395"/>
+      <c r="N21" s="395"/>
+      <c r="O21" s="395"/>
+      <c r="P21" s="395"/>
+      <c r="Q21" s="395"/>
+      <c r="R21" s="395"/>
+      <c r="S21" s="396"/>
+      <c r="T21" s="354" t="s">
         <v>142</v>
       </c>
-      <c r="U21" s="311"/>
-[...15 lines deleted...]
-      <c r="I22" s="153" t="s">
+      <c r="U21" s="355"/>
+      <c r="V21" s="355"/>
+      <c r="W21" s="355"/>
+      <c r="X21" s="355"/>
+      <c r="Y21" s="355"/>
+      <c r="Z21" s="356"/>
+    </row>
+    <row r="22" spans="1:26" ht="15" customHeight="1">
+      <c r="A22" s="364"/>
+      <c r="B22" s="365"/>
+      <c r="C22" s="365"/>
+      <c r="D22" s="365"/>
+      <c r="E22" s="365"/>
+      <c r="F22" s="366"/>
+      <c r="G22" s="409"/>
+      <c r="H22" s="410"/>
+      <c r="I22" s="150" t="s">
         <v>0</v>
       </c>
-      <c r="J22" s="153" t="s">
+      <c r="J22" s="150" t="s">
         <v>1</v>
       </c>
-      <c r="K22" s="153" t="s">
+      <c r="K22" s="150" t="s">
         <v>121</v>
       </c>
-      <c r="L22" s="330" t="s">
+      <c r="L22" s="411" t="s">
         <v>122</v>
       </c>
-      <c r="M22" s="330"/>
-[...2 lines deleted...]
-      <c r="P22" s="330" t="s">
+      <c r="M22" s="411"/>
+      <c r="N22" s="411"/>
+      <c r="O22" s="411"/>
+      <c r="P22" s="411" t="s">
         <v>123</v>
       </c>
-      <c r="Q22" s="330"/>
-[...2 lines deleted...]
-      <c r="T22" s="137" t="s">
+      <c r="Q22" s="411"/>
+      <c r="R22" s="411"/>
+      <c r="S22" s="411"/>
+      <c r="T22" s="134" t="s">
         <v>116</v>
       </c>
-      <c r="U22" s="126"/>
-[...7 lines deleted...]
-      <c r="A23" s="154" t="s">
+      <c r="U22" s="123"/>
+      <c r="V22" s="123"/>
+      <c r="W22" s="357"/>
+      <c r="X22" s="357"/>
+      <c r="Y22" s="357"/>
+      <c r="Z22" s="358"/>
+    </row>
+    <row r="23" spans="1:26" ht="15" customHeight="1">
+      <c r="A23" s="151" t="s">
         <v>124</v>
       </c>
-      <c r="B23" s="308"/>
-[...27 lines deleted...]
-      <c r="B25" s="125" t="s">
+      <c r="B23" s="412"/>
+      <c r="C23" s="412"/>
+      <c r="D23" s="412"/>
+      <c r="E23" s="412"/>
+      <c r="F23" s="412"/>
+      <c r="G23" s="412"/>
+      <c r="H23" s="412"/>
+      <c r="I23" s="412"/>
+      <c r="J23" s="412"/>
+      <c r="K23" s="412"/>
+      <c r="L23" s="412"/>
+      <c r="M23" s="412"/>
+      <c r="N23" s="412"/>
+      <c r="O23" s="412"/>
+      <c r="P23" s="412"/>
+      <c r="Q23" s="412"/>
+      <c r="R23" s="412"/>
+      <c r="S23" s="413"/>
+      <c r="T23" s="124"/>
+      <c r="U23" s="125"/>
+      <c r="V23" s="125"/>
+      <c r="W23" s="334"/>
+      <c r="X23" s="334"/>
+      <c r="Y23" s="334"/>
+      <c r="Z23" s="335"/>
+    </row>
+    <row r="25" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A25" s="121"/>
+      <c r="B25" s="122" t="s">
         <v>126</v>
       </c>
-      <c r="C25" s="126"/>
-[...16 lines deleted...]
-      <c r="T25" s="137" t="s">
+      <c r="C25" s="123"/>
+      <c r="D25" s="123"/>
+      <c r="E25" s="123"/>
+      <c r="F25" s="123"/>
+      <c r="G25" s="359"/>
+      <c r="H25" s="359"/>
+      <c r="I25" s="359"/>
+      <c r="J25" s="359"/>
+      <c r="K25" s="359"/>
+      <c r="L25" s="359"/>
+      <c r="M25" s="359"/>
+      <c r="N25" s="359"/>
+      <c r="O25" s="359"/>
+      <c r="P25" s="359"/>
+      <c r="Q25" s="359"/>
+      <c r="R25" s="359"/>
+      <c r="S25" s="360"/>
+      <c r="T25" s="134" t="s">
         <v>127</v>
       </c>
-      <c r="U25" s="126"/>
-[...26 lines deleted...]
-      <c r="T26" s="136" t="s">
+      <c r="U25" s="123"/>
+      <c r="V25" s="123"/>
+      <c r="W25" s="417"/>
+      <c r="X25" s="417"/>
+      <c r="Y25" s="417"/>
+      <c r="Z25" s="418"/>
+    </row>
+    <row r="26" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A26" s="361"/>
+      <c r="B26" s="362"/>
+      <c r="C26" s="362"/>
+      <c r="D26" s="362"/>
+      <c r="E26" s="362"/>
+      <c r="F26" s="362"/>
+      <c r="G26" s="362"/>
+      <c r="H26" s="362"/>
+      <c r="I26" s="362"/>
+      <c r="J26" s="362"/>
+      <c r="K26" s="362"/>
+      <c r="L26" s="362"/>
+      <c r="M26" s="362"/>
+      <c r="N26" s="362"/>
+      <c r="O26" s="362"/>
+      <c r="P26" s="362"/>
+      <c r="Q26" s="362"/>
+      <c r="R26" s="362"/>
+      <c r="S26" s="363"/>
+      <c r="T26" s="133" t="s">
         <v>128</v>
       </c>
-      <c r="U26" s="321"/>
-[...4 lines deleted...]
-      <c r="Z26" s="139" t="s">
+      <c r="U26" s="419"/>
+      <c r="V26" s="419"/>
+      <c r="W26" s="419"/>
+      <c r="X26" s="419"/>
+      <c r="Y26" s="419"/>
+      <c r="Z26" s="136" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="27" spans="1:26" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
-[...47 lines deleted...]
-      <c r="T28" s="316" t="s">
+    <row r="27" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A27" s="361"/>
+      <c r="B27" s="362"/>
+      <c r="C27" s="362"/>
+      <c r="D27" s="362"/>
+      <c r="E27" s="362"/>
+      <c r="F27" s="362"/>
+      <c r="G27" s="362"/>
+      <c r="H27" s="362"/>
+      <c r="I27" s="362"/>
+      <c r="J27" s="362"/>
+      <c r="K27" s="362"/>
+      <c r="L27" s="362"/>
+      <c r="M27" s="362"/>
+      <c r="N27" s="362"/>
+      <c r="O27" s="362"/>
+      <c r="P27" s="362"/>
+      <c r="Q27" s="362"/>
+      <c r="R27" s="362"/>
+      <c r="S27" s="363"/>
+      <c r="T27" s="137"/>
+      <c r="U27" s="138"/>
+      <c r="V27" s="138"/>
+      <c r="W27" s="138"/>
+      <c r="X27" s="138"/>
+      <c r="Y27" s="138"/>
+      <c r="Z27" s="139"/>
+    </row>
+    <row r="28" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A28" s="361"/>
+      <c r="B28" s="362"/>
+      <c r="C28" s="362"/>
+      <c r="D28" s="362"/>
+      <c r="E28" s="362"/>
+      <c r="F28" s="362"/>
+      <c r="G28" s="362"/>
+      <c r="H28" s="362"/>
+      <c r="I28" s="362"/>
+      <c r="J28" s="362"/>
+      <c r="K28" s="362"/>
+      <c r="L28" s="362"/>
+      <c r="M28" s="362"/>
+      <c r="N28" s="362"/>
+      <c r="O28" s="362"/>
+      <c r="P28" s="362"/>
+      <c r="Q28" s="362"/>
+      <c r="R28" s="362"/>
+      <c r="S28" s="363"/>
+      <c r="T28" s="397" t="s">
         <v>111</v>
       </c>
-      <c r="U28" s="317"/>
-[...26 lines deleted...]
-      <c r="T29" s="130" t="s">
+      <c r="U28" s="398"/>
+      <c r="V28" s="398"/>
+      <c r="W28" s="398"/>
+      <c r="X28" s="398"/>
+      <c r="Y28" s="398"/>
+      <c r="Z28" s="399"/>
+    </row>
+    <row r="29" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A29" s="361"/>
+      <c r="B29" s="362"/>
+      <c r="C29" s="362"/>
+      <c r="D29" s="362"/>
+      <c r="E29" s="362"/>
+      <c r="F29" s="362"/>
+      <c r="G29" s="362"/>
+      <c r="H29" s="362"/>
+      <c r="I29" s="362"/>
+      <c r="J29" s="362"/>
+      <c r="K29" s="362"/>
+      <c r="L29" s="362"/>
+      <c r="M29" s="362"/>
+      <c r="N29" s="362"/>
+      <c r="O29" s="362"/>
+      <c r="P29" s="362"/>
+      <c r="Q29" s="362"/>
+      <c r="R29" s="362"/>
+      <c r="S29" s="363"/>
+      <c r="T29" s="127" t="s">
         <v>112</v>
       </c>
-      <c r="U29" s="131"/>
-[...26 lines deleted...]
-      <c r="T30" s="132" t="s">
+      <c r="U29" s="128"/>
+      <c r="V29" s="339"/>
+      <c r="W29" s="339"/>
+      <c r="X29" s="339"/>
+      <c r="Y29" s="339"/>
+      <c r="Z29" s="340"/>
+    </row>
+    <row r="30" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A30" s="361"/>
+      <c r="B30" s="362"/>
+      <c r="C30" s="362"/>
+      <c r="D30" s="362"/>
+      <c r="E30" s="362"/>
+      <c r="F30" s="362"/>
+      <c r="G30" s="362"/>
+      <c r="H30" s="362"/>
+      <c r="I30" s="362"/>
+      <c r="J30" s="362"/>
+      <c r="K30" s="362"/>
+      <c r="L30" s="362"/>
+      <c r="M30" s="362"/>
+      <c r="N30" s="362"/>
+      <c r="O30" s="362"/>
+      <c r="P30" s="362"/>
+      <c r="Q30" s="362"/>
+      <c r="R30" s="362"/>
+      <c r="S30" s="363"/>
+      <c r="T30" s="129" t="s">
         <v>113</v>
       </c>
-      <c r="U30" s="133"/>
-[...26 lines deleted...]
-      <c r="T31" s="132" t="s">
+      <c r="U30" s="130"/>
+      <c r="V30" s="341"/>
+      <c r="W30" s="341"/>
+      <c r="X30" s="341"/>
+      <c r="Y30" s="341"/>
+      <c r="Z30" s="342"/>
+    </row>
+    <row r="31" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A31" s="361"/>
+      <c r="B31" s="362"/>
+      <c r="C31" s="362"/>
+      <c r="D31" s="362"/>
+      <c r="E31" s="362"/>
+      <c r="F31" s="362"/>
+      <c r="G31" s="362"/>
+      <c r="H31" s="362"/>
+      <c r="I31" s="362"/>
+      <c r="J31" s="362"/>
+      <c r="K31" s="362"/>
+      <c r="L31" s="362"/>
+      <c r="M31" s="362"/>
+      <c r="N31" s="362"/>
+      <c r="O31" s="362"/>
+      <c r="P31" s="362"/>
+      <c r="Q31" s="362"/>
+      <c r="R31" s="362"/>
+      <c r="S31" s="363"/>
+      <c r="T31" s="129" t="s">
         <v>114</v>
       </c>
-      <c r="U31" s="133"/>
-[...26 lines deleted...]
-      <c r="T32" s="134" t="s">
+      <c r="U31" s="130"/>
+      <c r="V31" s="130"/>
+      <c r="W31" s="341"/>
+      <c r="X31" s="341"/>
+      <c r="Y31" s="341"/>
+      <c r="Z31" s="342"/>
+    </row>
+    <row r="32" spans="1:26" ht="20.100000000000001" customHeight="1">
+      <c r="A32" s="388"/>
+      <c r="B32" s="389"/>
+      <c r="C32" s="389"/>
+      <c r="D32" s="389"/>
+      <c r="E32" s="389"/>
+      <c r="F32" s="389"/>
+      <c r="G32" s="389"/>
+      <c r="H32" s="389"/>
+      <c r="I32" s="389"/>
+      <c r="J32" s="389"/>
+      <c r="K32" s="389"/>
+      <c r="L32" s="389"/>
+      <c r="M32" s="389"/>
+      <c r="N32" s="389"/>
+      <c r="O32" s="389"/>
+      <c r="P32" s="389"/>
+      <c r="Q32" s="389"/>
+      <c r="R32" s="389"/>
+      <c r="S32" s="390"/>
+      <c r="T32" s="131" t="s">
         <v>116</v>
       </c>
-      <c r="U32" s="135"/>
-[...7 lines deleted...]
-      <c r="A34" s="345" t="s">
+      <c r="U32" s="132"/>
+      <c r="V32" s="132"/>
+      <c r="W32" s="343"/>
+      <c r="X32" s="343"/>
+      <c r="Y32" s="343"/>
+      <c r="Z32" s="344"/>
+    </row>
+    <row r="34" spans="1:26" ht="15" customHeight="1">
+      <c r="A34" s="372" t="s">
         <v>130</v>
       </c>
-      <c r="B34" s="346"/>
-[...13 lines deleted...]
-      <c r="P34" s="124" t="s">
+      <c r="B34" s="373"/>
+      <c r="C34" s="373"/>
+      <c r="D34" s="373"/>
+      <c r="E34" s="373"/>
+      <c r="F34" s="373"/>
+      <c r="G34" s="373"/>
+      <c r="H34" s="373"/>
+      <c r="I34" s="373"/>
+      <c r="J34" s="373"/>
+      <c r="K34" s="373"/>
+      <c r="L34" s="373"/>
+      <c r="M34" s="373"/>
+      <c r="N34" s="373"/>
+      <c r="O34" s="374"/>
+      <c r="P34" s="121" t="s">
         <v>124</v>
       </c>
-      <c r="Q34" s="126"/>
-[...11 lines deleted...]
-      <c r="A35" s="348" t="s">
+      <c r="Q34" s="123"/>
+      <c r="R34" s="345"/>
+      <c r="S34" s="345"/>
+      <c r="T34" s="345"/>
+      <c r="U34" s="345"/>
+      <c r="V34" s="345"/>
+      <c r="W34" s="345"/>
+      <c r="X34" s="345"/>
+      <c r="Y34" s="345"/>
+      <c r="Z34" s="346"/>
+    </row>
+    <row r="35" spans="1:26" ht="15" customHeight="1">
+      <c r="A35" s="375" t="s">
         <v>131</v>
       </c>
-      <c r="B35" s="349"/>
-[...2 lines deleted...]
-      <c r="E35" s="155" t="s">
+      <c r="B35" s="376"/>
+      <c r="C35" s="376"/>
+      <c r="D35" s="376"/>
+      <c r="E35" s="152" t="s">
         <v>135</v>
       </c>
-      <c r="F35" s="116" t="s">
+      <c r="F35" s="113" t="s">
         <v>132</v>
       </c>
-      <c r="I35" s="116" t="s">
+      <c r="I35" s="113" t="s">
         <v>136</v>
       </c>
-      <c r="O35" s="144"/>
-[...17 lines deleted...]
-      <c r="E36" s="155" t="s">
+      <c r="O35" s="141"/>
+      <c r="P35" s="361"/>
+      <c r="Q35" s="362"/>
+      <c r="R35" s="362"/>
+      <c r="S35" s="362"/>
+      <c r="T35" s="362"/>
+      <c r="U35" s="362"/>
+      <c r="V35" s="362"/>
+      <c r="W35" s="362"/>
+      <c r="X35" s="362"/>
+      <c r="Y35" s="362"/>
+      <c r="Z35" s="363"/>
+    </row>
+    <row r="36" spans="1:26" ht="15" customHeight="1">
+      <c r="A36" s="375"/>
+      <c r="B36" s="376"/>
+      <c r="C36" s="376"/>
+      <c r="D36" s="376"/>
+      <c r="E36" s="152" t="s">
         <v>135</v>
       </c>
-      <c r="F36" s="116" t="s">
+      <c r="F36" s="113" t="s">
         <v>133</v>
       </c>
-      <c r="I36" s="116" t="s">
+      <c r="I36" s="113" t="s">
         <v>137</v>
       </c>
-      <c r="O36" s="144"/>
-[...17 lines deleted...]
-      <c r="E37" s="156" t="s">
+      <c r="O36" s="141"/>
+      <c r="P36" s="361"/>
+      <c r="Q36" s="362"/>
+      <c r="R36" s="362"/>
+      <c r="S36" s="362"/>
+      <c r="T36" s="362"/>
+      <c r="U36" s="362"/>
+      <c r="V36" s="362"/>
+      <c r="W36" s="362"/>
+      <c r="X36" s="362"/>
+      <c r="Y36" s="362"/>
+      <c r="Z36" s="363"/>
+    </row>
+    <row r="37" spans="1:26" ht="15" customHeight="1">
+      <c r="A37" s="377"/>
+      <c r="B37" s="378"/>
+      <c r="C37" s="378"/>
+      <c r="D37" s="378"/>
+      <c r="E37" s="153" t="s">
         <v>135</v>
       </c>
-      <c r="F37" s="128" t="s">
+      <c r="F37" s="125" t="s">
         <v>134</v>
       </c>
-      <c r="G37" s="128"/>
-[...21 lines deleted...]
-      <c r="A38" s="372" t="s">
+      <c r="G37" s="125"/>
+      <c r="H37" s="125"/>
+      <c r="I37" s="125"/>
+      <c r="J37" s="125"/>
+      <c r="K37" s="125"/>
+      <c r="L37" s="125"/>
+      <c r="M37" s="125"/>
+      <c r="N37" s="125"/>
+      <c r="O37" s="126"/>
+      <c r="P37" s="388"/>
+      <c r="Q37" s="389"/>
+      <c r="R37" s="389"/>
+      <c r="S37" s="389"/>
+      <c r="T37" s="389"/>
+      <c r="U37" s="389"/>
+      <c r="V37" s="389"/>
+      <c r="W37" s="389"/>
+      <c r="X37" s="389"/>
+      <c r="Y37" s="389"/>
+      <c r="Z37" s="390"/>
+    </row>
+    <row r="38" spans="1:26" ht="15" customHeight="1">
+      <c r="A38" s="347" t="s">
         <v>138</v>
       </c>
-      <c r="B38" s="372"/>
-[...26 lines deleted...]
-      <c r="A39" s="395" t="s">
+      <c r="B38" s="347"/>
+      <c r="C38" s="347"/>
+      <c r="D38" s="347"/>
+      <c r="E38" s="347"/>
+      <c r="F38" s="347"/>
+      <c r="G38" s="347"/>
+      <c r="H38" s="347"/>
+      <c r="I38" s="347"/>
+      <c r="J38" s="347"/>
+      <c r="K38" s="347"/>
+      <c r="L38" s="347"/>
+      <c r="M38" s="347"/>
+      <c r="N38" s="347"/>
+      <c r="O38" s="347"/>
+      <c r="P38" s="347"/>
+      <c r="Q38" s="347"/>
+      <c r="R38" s="347"/>
+      <c r="S38" s="347"/>
+      <c r="T38" s="347"/>
+      <c r="U38" s="347"/>
+      <c r="V38" s="347"/>
+      <c r="W38" s="347"/>
+      <c r="X38" s="347"/>
+      <c r="Y38" s="347"/>
+      <c r="Z38" s="347"/>
+    </row>
+    <row r="39" spans="1:26" ht="15" customHeight="1">
+      <c r="A39" s="336" t="s">
         <v>139</v>
       </c>
-      <c r="B39" s="396"/>
-[...4 lines deleted...]
-      <c r="G39" s="395" t="s">
+      <c r="B39" s="337"/>
+      <c r="C39" s="337"/>
+      <c r="D39" s="337"/>
+      <c r="E39" s="337"/>
+      <c r="F39" s="338"/>
+      <c r="G39" s="336" t="s">
         <v>140</v>
       </c>
-      <c r="H39" s="396"/>
-[...5 lines deleted...]
-      <c r="N39" s="395" t="s">
+      <c r="H39" s="337"/>
+      <c r="I39" s="337"/>
+      <c r="J39" s="337"/>
+      <c r="K39" s="337"/>
+      <c r="L39" s="337"/>
+      <c r="M39" s="338"/>
+      <c r="N39" s="336" t="s">
         <v>141</v>
       </c>
-      <c r="O39" s="396"/>
-[...4 lines deleted...]
-      <c r="T39" s="395" t="s">
+      <c r="O39" s="337"/>
+      <c r="P39" s="337"/>
+      <c r="Q39" s="337"/>
+      <c r="R39" s="337"/>
+      <c r="S39" s="338"/>
+      <c r="T39" s="336" t="s">
         <v>116</v>
       </c>
-      <c r="U39" s="396"/>
-[...62 lines deleted...]
-    <row r="42" spans="1:26" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="U39" s="337"/>
+      <c r="V39" s="337"/>
+      <c r="W39" s="337"/>
+      <c r="X39" s="337"/>
+      <c r="Y39" s="337"/>
+      <c r="Z39" s="338"/>
+    </row>
+    <row r="40" spans="1:26" ht="15" customHeight="1">
+      <c r="A40" s="348"/>
+      <c r="B40" s="349"/>
+      <c r="C40" s="349"/>
+      <c r="D40" s="349"/>
+      <c r="E40" s="349"/>
+      <c r="F40" s="350"/>
+      <c r="G40" s="349"/>
+      <c r="H40" s="349"/>
+      <c r="I40" s="349"/>
+      <c r="J40" s="349"/>
+      <c r="K40" s="349"/>
+      <c r="L40" s="349"/>
+      <c r="M40" s="349"/>
+      <c r="N40" s="348"/>
+      <c r="O40" s="349"/>
+      <c r="P40" s="349"/>
+      <c r="Q40" s="349"/>
+      <c r="R40" s="349"/>
+      <c r="S40" s="350"/>
+      <c r="T40" s="330"/>
+      <c r="U40" s="331"/>
+      <c r="V40" s="331"/>
+      <c r="W40" s="331"/>
+      <c r="X40" s="331"/>
+      <c r="Y40" s="331"/>
+      <c r="Z40" s="332"/>
+    </row>
+    <row r="41" spans="1:26" ht="15" customHeight="1">
+      <c r="A41" s="351"/>
+      <c r="B41" s="352"/>
+      <c r="C41" s="352"/>
+      <c r="D41" s="352"/>
+      <c r="E41" s="352"/>
+      <c r="F41" s="353"/>
+      <c r="G41" s="352"/>
+      <c r="H41" s="352"/>
+      <c r="I41" s="352"/>
+      <c r="J41" s="352"/>
+      <c r="K41" s="352"/>
+      <c r="L41" s="352"/>
+      <c r="M41" s="352"/>
+      <c r="N41" s="351"/>
+      <c r="O41" s="352"/>
+      <c r="P41" s="352"/>
+      <c r="Q41" s="352"/>
+      <c r="R41" s="352"/>
+      <c r="S41" s="353"/>
+      <c r="T41" s="333"/>
+      <c r="U41" s="334"/>
+      <c r="V41" s="334"/>
+      <c r="W41" s="334"/>
+      <c r="X41" s="334"/>
+      <c r="Y41" s="334"/>
+      <c r="Z41" s="335"/>
+    </row>
+    <row r="42" spans="1:26" ht="15" customHeight="1">
       <c r="W42" s="29" t="s">
         <v>143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="xH7LGCDbpn3lQBN21ZqdaJdKJYlD7lEwY48T1U9Zvli75bPetrf+0sQH31KcAfbRLAuP1hAGaR61XUgUvZRgDA==" saltValue="OO7HWC37lD8a3xg8eK1XJA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="87">
-    <mergeCell ref="T40:Z41"/>
-[...8 lines deleted...]
-    <mergeCell ref="R34:Z34"/>
+    <mergeCell ref="B23:S23"/>
+    <mergeCell ref="T12:Z12"/>
+    <mergeCell ref="T11:Z11"/>
+    <mergeCell ref="T28:Z28"/>
+    <mergeCell ref="W25:Z25"/>
+    <mergeCell ref="U26:Y26"/>
+    <mergeCell ref="B20:S20"/>
+    <mergeCell ref="A21:F21"/>
+    <mergeCell ref="G21:H21"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="K21:S21"/>
+    <mergeCell ref="A22:F22"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="L22:O22"/>
+    <mergeCell ref="P22:S22"/>
+    <mergeCell ref="B17:S17"/>
+    <mergeCell ref="A18:F18"/>
+    <mergeCell ref="G18:H18"/>
+    <mergeCell ref="I18:J18"/>
+    <mergeCell ref="K18:S18"/>
+    <mergeCell ref="A19:F19"/>
+    <mergeCell ref="G19:H19"/>
+    <mergeCell ref="L19:O19"/>
+    <mergeCell ref="P19:S19"/>
+    <mergeCell ref="G16:H16"/>
+    <mergeCell ref="L16:O16"/>
+    <mergeCell ref="P16:S16"/>
+    <mergeCell ref="L13:O13"/>
+    <mergeCell ref="P13:S13"/>
+    <mergeCell ref="B14:S14"/>
+    <mergeCell ref="A15:F15"/>
+    <mergeCell ref="G15:H15"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="K15:S15"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="A13:F13"/>
+    <mergeCell ref="T5:Z5"/>
+    <mergeCell ref="A11:S11"/>
+    <mergeCell ref="I12:J12"/>
+    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="G12:H12"/>
+    <mergeCell ref="V6:Z6"/>
+    <mergeCell ref="V7:Z7"/>
+    <mergeCell ref="W8:Z8"/>
+    <mergeCell ref="W9:Z9"/>
+    <mergeCell ref="V13:Z14"/>
+    <mergeCell ref="J1:L1"/>
+    <mergeCell ref="A34:O34"/>
+    <mergeCell ref="A35:D37"/>
+    <mergeCell ref="K5:S5"/>
+    <mergeCell ref="A6:S6"/>
+    <mergeCell ref="A8:S8"/>
+    <mergeCell ref="A9:S9"/>
+    <mergeCell ref="A30:S30"/>
+    <mergeCell ref="A31:S31"/>
+    <mergeCell ref="A32:S32"/>
+    <mergeCell ref="P35:Z35"/>
+    <mergeCell ref="P36:Z36"/>
+    <mergeCell ref="P37:Z37"/>
+    <mergeCell ref="A7:S7"/>
+    <mergeCell ref="K12:S12"/>
     <mergeCell ref="A38:Z38"/>
     <mergeCell ref="A40:F41"/>
     <mergeCell ref="G40:M41"/>
     <mergeCell ref="N40:S41"/>
     <mergeCell ref="T15:Z15"/>
     <mergeCell ref="T18:Z18"/>
     <mergeCell ref="T21:Z21"/>
     <mergeCell ref="V16:Z17"/>
     <mergeCell ref="W19:Z20"/>
     <mergeCell ref="W22:Z23"/>
     <mergeCell ref="G25:S25"/>
     <mergeCell ref="A26:S26"/>
     <mergeCell ref="A27:S27"/>
     <mergeCell ref="A28:S28"/>
     <mergeCell ref="A29:S29"/>
     <mergeCell ref="A16:F16"/>
-    <mergeCell ref="V13:Z14"/>
-[...59 lines deleted...]
-    <mergeCell ref="B17:S17"/>
+    <mergeCell ref="V29:Z29"/>
+    <mergeCell ref="V30:Z30"/>
+    <mergeCell ref="W31:Z31"/>
+    <mergeCell ref="W32:Z32"/>
+    <mergeCell ref="R34:Z34"/>
+    <mergeCell ref="T40:Z41"/>
+    <mergeCell ref="A39:F39"/>
+    <mergeCell ref="G39:M39"/>
+    <mergeCell ref="N39:S39"/>
+    <mergeCell ref="T39:Z39"/>
   </mergeCells>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3260BD6-F850-4210-A271-6CC969DD9849}">
+  <sheetPr>
+    <tabColor rgb="FFC00000"/>
+  </sheetPr>
+  <dimension ref="A1:H46"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <cols>
+    <col min="1" max="1" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="20.42578125" style="163" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="10.7109375" style="163"/>
+    <col min="6" max="6" width="20.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="20.42578125" style="163" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.7109375" style="163"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:8">
+      <c r="A1" s="154" t="s">
+        <v>148</v>
+      </c>
+      <c r="B1" s="154" t="s">
+        <v>147</v>
+      </c>
+      <c r="C1" s="155" t="s">
+        <v>52</v>
+      </c>
+      <c r="D1" s="155" t="s">
+        <v>150</v>
+      </c>
+      <c r="F1" s="154" t="s">
+        <v>149</v>
+      </c>
+      <c r="G1" s="154" t="s">
+        <v>147</v>
+      </c>
+      <c r="H1" s="155" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" s="156"/>
+      <c r="B2" s="157"/>
+      <c r="C2" s="162"/>
+      <c r="F2" s="165"/>
+      <c r="G2" s="166"/>
+      <c r="H2" s="162"/>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" s="156"/>
+      <c r="B3" s="157"/>
+      <c r="C3" s="162"/>
+      <c r="F3" s="165"/>
+      <c r="G3" s="166"/>
+      <c r="H3" s="162"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" s="156"/>
+      <c r="B4" s="157"/>
+      <c r="C4" s="162"/>
+      <c r="F4" s="156"/>
+      <c r="G4" s="157"/>
+      <c r="H4" s="162"/>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="156"/>
+      <c r="B5" s="157"/>
+      <c r="C5" s="162"/>
+      <c r="F5" s="156"/>
+      <c r="G5" s="157"/>
+      <c r="H5" s="162"/>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="156"/>
+      <c r="B6" s="157"/>
+      <c r="C6" s="162"/>
+      <c r="F6" s="156"/>
+      <c r="G6" s="157"/>
+      <c r="H6" s="162"/>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="156"/>
+      <c r="B7" s="157"/>
+      <c r="C7" s="162"/>
+      <c r="F7" s="156"/>
+      <c r="G7" s="157"/>
+      <c r="H7" s="162"/>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="156"/>
+      <c r="B8" s="157"/>
+      <c r="C8" s="162"/>
+      <c r="F8" s="156"/>
+      <c r="G8" s="157"/>
+      <c r="H8" s="162"/>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="156"/>
+      <c r="B9" s="157"/>
+      <c r="C9" s="162"/>
+      <c r="F9" s="156"/>
+      <c r="G9" s="157"/>
+      <c r="H9" s="162"/>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="156"/>
+      <c r="B10" s="157"/>
+      <c r="C10" s="162"/>
+      <c r="F10" s="156"/>
+      <c r="G10" s="157"/>
+      <c r="H10" s="162"/>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="156"/>
+      <c r="B11" s="157"/>
+      <c r="C11" s="162"/>
+      <c r="F11" s="156"/>
+      <c r="G11" s="157"/>
+      <c r="H11" s="162"/>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="156"/>
+      <c r="B12" s="157"/>
+      <c r="C12" s="162"/>
+      <c r="F12" s="156"/>
+      <c r="G12" s="157"/>
+      <c r="H12" s="162"/>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="156"/>
+      <c r="B13" s="168"/>
+      <c r="C13" s="162"/>
+      <c r="F13" s="156"/>
+      <c r="G13" s="157"/>
+      <c r="H13" s="162"/>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="156"/>
+      <c r="B14" s="168"/>
+      <c r="C14" s="162"/>
+      <c r="F14" s="156"/>
+      <c r="G14" s="157"/>
+      <c r="H14" s="162"/>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="156"/>
+      <c r="B15" s="168"/>
+      <c r="C15" s="162"/>
+      <c r="F15" s="156"/>
+      <c r="G15" s="157"/>
+      <c r="H15" s="162"/>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="156"/>
+      <c r="B16" s="168"/>
+      <c r="C16" s="162"/>
+      <c r="F16" s="156"/>
+      <c r="G16" s="157"/>
+      <c r="H16" s="162"/>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="158"/>
+      <c r="B17" s="168"/>
+      <c r="C17" s="162"/>
+      <c r="F17" s="158"/>
+      <c r="G17" s="159"/>
+      <c r="H17" s="162"/>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="158"/>
+      <c r="B18" s="168"/>
+      <c r="C18" s="162"/>
+      <c r="F18" s="158"/>
+      <c r="G18" s="159"/>
+      <c r="H18" s="162"/>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="158"/>
+      <c r="B19" s="168"/>
+      <c r="C19" s="162"/>
+      <c r="F19" s="158"/>
+      <c r="G19" s="159"/>
+      <c r="H19" s="162"/>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="158"/>
+      <c r="B20" s="168"/>
+      <c r="C20" s="162"/>
+      <c r="F20" s="158"/>
+      <c r="G20" s="159"/>
+      <c r="H20" s="162"/>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="158"/>
+      <c r="B21" s="168"/>
+      <c r="C21" s="162"/>
+      <c r="F21" s="158"/>
+      <c r="G21" s="159"/>
+      <c r="H21" s="162"/>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="158"/>
+      <c r="B22" s="168"/>
+      <c r="C22" s="162"/>
+      <c r="F22" s="158"/>
+      <c r="G22" s="159"/>
+      <c r="H22" s="162"/>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="158"/>
+      <c r="B23" s="168"/>
+      <c r="C23" s="162"/>
+      <c r="F23" s="158"/>
+      <c r="G23" s="159"/>
+      <c r="H23" s="162"/>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="158"/>
+      <c r="B24" s="168"/>
+      <c r="C24" s="162"/>
+      <c r="F24" s="158"/>
+      <c r="G24" s="159"/>
+      <c r="H24" s="162"/>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="158"/>
+      <c r="B25" s="168"/>
+      <c r="C25" s="162"/>
+      <c r="F25" s="158"/>
+      <c r="G25" s="159"/>
+      <c r="H25" s="162"/>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="158"/>
+      <c r="B26" s="168"/>
+      <c r="C26" s="162"/>
+      <c r="F26" s="158"/>
+      <c r="G26" s="159"/>
+      <c r="H26" s="162"/>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="158"/>
+      <c r="B27" s="159"/>
+      <c r="C27" s="162"/>
+      <c r="F27" s="158"/>
+      <c r="G27" s="159"/>
+      <c r="H27" s="162"/>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="158"/>
+      <c r="B28" s="159"/>
+      <c r="C28" s="162"/>
+      <c r="F28" s="158"/>
+      <c r="G28" s="159"/>
+      <c r="H28" s="162"/>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="158"/>
+      <c r="B29" s="159"/>
+      <c r="C29" s="162"/>
+      <c r="F29" s="158"/>
+      <c r="G29" s="159"/>
+      <c r="H29" s="162"/>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" s="158"/>
+      <c r="B30" s="159"/>
+      <c r="C30" s="162"/>
+      <c r="F30" s="158"/>
+      <c r="G30" s="159"/>
+      <c r="H30" s="162"/>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" s="158"/>
+      <c r="B31" s="159"/>
+      <c r="C31" s="162"/>
+      <c r="F31" s="158"/>
+      <c r="G31" s="159"/>
+      <c r="H31" s="162"/>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" s="158"/>
+      <c r="B32" s="159"/>
+      <c r="C32" s="162"/>
+      <c r="F32" s="158"/>
+      <c r="G32" s="159"/>
+      <c r="H32" s="162"/>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" s="158"/>
+      <c r="B33" s="159"/>
+      <c r="C33" s="162"/>
+      <c r="F33" s="158"/>
+      <c r="G33" s="159"/>
+      <c r="H33" s="162"/>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" s="158"/>
+      <c r="B34" s="159"/>
+      <c r="C34" s="162"/>
+      <c r="F34" s="158"/>
+      <c r="G34" s="159"/>
+      <c r="H34" s="162"/>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" s="158"/>
+      <c r="B35" s="159"/>
+      <c r="C35" s="162"/>
+      <c r="F35" s="158"/>
+      <c r="G35" s="159"/>
+      <c r="H35" s="162"/>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" s="158"/>
+      <c r="B36" s="159"/>
+      <c r="C36" s="162"/>
+      <c r="F36" s="158"/>
+      <c r="G36" s="159"/>
+      <c r="H36" s="162"/>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" s="158"/>
+      <c r="B37" s="159"/>
+      <c r="C37" s="162"/>
+      <c r="F37" s="158"/>
+      <c r="G37" s="159"/>
+      <c r="H37" s="162"/>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" s="158"/>
+      <c r="B38" s="159"/>
+      <c r="C38" s="162"/>
+      <c r="F38" s="158"/>
+      <c r="G38" s="159"/>
+      <c r="H38" s="162"/>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" s="158"/>
+      <c r="B39" s="159"/>
+      <c r="C39" s="162"/>
+      <c r="F39" s="158"/>
+      <c r="G39" s="159"/>
+      <c r="H39" s="162"/>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" s="158"/>
+      <c r="B40" s="159"/>
+      <c r="C40" s="162"/>
+      <c r="F40" s="158"/>
+      <c r="G40" s="159"/>
+      <c r="H40" s="162"/>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" s="158"/>
+      <c r="B41" s="159"/>
+      <c r="C41" s="162"/>
+      <c r="F41" s="158"/>
+      <c r="G41" s="159"/>
+      <c r="H41" s="162"/>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" s="158"/>
+      <c r="B42" s="159"/>
+      <c r="C42" s="162"/>
+      <c r="F42" s="158"/>
+      <c r="G42" s="159"/>
+      <c r="H42" s="162"/>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" s="158"/>
+      <c r="B43" s="159"/>
+      <c r="C43" s="162"/>
+      <c r="F43" s="158"/>
+      <c r="G43" s="159"/>
+      <c r="H43" s="162"/>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" s="158"/>
+      <c r="B44" s="159"/>
+      <c r="C44" s="162"/>
+      <c r="F44" s="158"/>
+      <c r="G44" s="159"/>
+      <c r="H44" s="162"/>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" s="158"/>
+      <c r="B45" s="159"/>
+      <c r="C45" s="162"/>
+      <c r="F45" s="158"/>
+      <c r="G45" s="159"/>
+      <c r="H45" s="162"/>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" s="158"/>
+      <c r="B46" s="159"/>
+      <c r="C46" s="162"/>
+      <c r="F46" s="160"/>
+      <c r="G46" s="161"/>
+      <c r="H46" s="164"/>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="A2:B12 A13:A27 A28:B46">
+    <cfRule type="expression" dxfId="2" priority="4">
+      <formula>IF($B2="X",TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B27">
+    <cfRule type="expression" dxfId="1" priority="1">
+      <formula>IF($B27="X",TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F2:G46">
+    <cfRule type="expression" dxfId="0" priority="2">
+      <formula>IF($B2="X",TRUE,FALSE)</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <tableParts count="2">
+    <tablePart r:id="rId1"/>
+    <tablePart r:id="rId2"/>
+  </tableParts>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="2">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{65D91882-5B7A-43B2-B9CA-C30D11D05E4D}">
+          <x14:formula1>
+            <xm:f>Feuil1!$I$3:$I$4</xm:f>
+          </x14:formula1>
+          <xm:sqref>H2:H46 C2:C46</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9B8F844E-BACC-445B-AE11-77A08A91E225}">
+          <x14:formula1>
+            <xm:f>Feuil1!$S$3:$S$4</xm:f>
+          </x14:formula1>
+          <xm:sqref>D2:D46</xm:sqref>
+        </x14:dataValidation>
+      </x14:dataValidations>
+    </ext>
+  </extLst>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C789550-4BF7-4C24-B7ED-56B181E3A926}">
   <dimension ref="A1:S43"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="J13" sqref="J13"/>
+    <sheetView topLeftCell="B1" workbookViewId="0">
+      <selection activeCell="O10" sqref="O10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="19.5" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="19.5"/>
   <cols>
     <col min="1" max="1" width="11.42578125" style="3"/>
     <col min="2" max="2" width="67.7109375" style="3" customWidth="1"/>
     <col min="3" max="3" width="13.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="24" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.42578125" style="3"/>
     <col min="7" max="7" width="9.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="6.28515625" style="3" customWidth="1"/>
     <col min="9" max="9" width="6.85546875" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="22.7109375" style="3" customWidth="1"/>
     <col min="11" max="11" width="4" style="3" customWidth="1"/>
     <col min="12" max="12" width="11.42578125" style="3"/>
     <col min="13" max="13" width="5.28515625" style="3" customWidth="1"/>
     <col min="14" max="14" width="11.42578125" style="3"/>
     <col min="15" max="15" width="12.42578125" style="3" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="3.42578125" style="3" customWidth="1"/>
     <col min="17" max="17" width="11.42578125" style="3"/>
     <col min="18" max="18" width="4.7109375" style="3" customWidth="1"/>
     <col min="19" max="19" width="3" style="3" bestFit="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:19">
       <c r="B1" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>67</v>
       </c>
       <c r="D1" s="24" t="s">
         <v>68</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>13</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>69</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>70</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>71</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>72</v>
       </c>
       <c r="O1" s="3" t="s">
         <v>55</v>
       </c>
-    </row>
-    <row r="3" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="Q1" s="3" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="3" spans="2:19">
       <c r="B3" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C3" s="25">
         <v>0.35416666666666669</v>
       </c>
       <c r="D3" s="24">
         <v>1</v>
       </c>
-      <c r="E3" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>73</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>64</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>63</v>
       </c>
       <c r="O3" s="3" t="s">
-        <v>0</v>
+        <v>152</v>
       </c>
       <c r="Q3" s="3">
         <v>1</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="4" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="4" spans="2:19">
       <c r="B4" s="3" t="s">
         <v>78</v>
       </c>
       <c r="C4" s="25">
         <v>0.375</v>
       </c>
       <c r="D4" s="24">
         <v>2</v>
       </c>
-      <c r="E4" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3" t="s">
         <v>41</v>
       </c>
       <c r="G4" s="3">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>65</v>
       </c>
       <c r="N4" s="3" t="s">
         <v>46</v>
       </c>
       <c r="O4" s="3" t="s">
-        <v>1</v>
+        <v>153</v>
       </c>
       <c r="Q4" s="3">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="5" spans="2:19">
       <c r="B5" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="25">
         <v>0.39583333333333331</v>
       </c>
       <c r="D5" s="24">
         <v>3</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="J5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="O5" s="3" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="Q5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:19">
       <c r="B6" s="2" t="s">
         <v>84</v>
       </c>
       <c r="C6" s="25">
         <v>0.41666666666666669</v>
       </c>
       <c r="D6" s="24">
         <v>4</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="O6" s="3" t="s">
-        <v>107</v>
+        <v>155</v>
       </c>
       <c r="Q6" s="3">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="7" spans="2:19">
       <c r="B7" s="3" t="s">
         <v>80</v>
       </c>
       <c r="C7" s="25">
         <v>0.4375</v>
       </c>
       <c r="D7" s="24">
         <v>5</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>22</v>
       </c>
-    </row>
-    <row r="8" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="O7" s="3" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="8" spans="2:19">
       <c r="B8" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C8" s="25">
         <v>0.45833333333333331</v>
       </c>
       <c r="D8" s="24">
         <v>6</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
       </c>
-    </row>
-    <row r="9" spans="2:19" x14ac:dyDescent="0.3">
+      <c r="O8" s="3" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="9" spans="2:19">
       <c r="B9" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C9" s="25">
         <v>0.47916666666666669</v>
       </c>
       <c r="D9" s="24">
         <v>7</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>26</v>
       </c>
+      <c r="O9" s="3" t="s">
+        <v>158</v>
+      </c>
       <c r="S9" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="10" spans="2:19">
       <c r="B10" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C10" s="25">
         <v>0.54166666666666663</v>
       </c>
       <c r="D10" s="24">
         <v>8</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="S10" s="3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="11" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="11" spans="2:19">
       <c r="B11" s="3" t="s">
         <v>88</v>
       </c>
       <c r="C11" s="25">
         <v>0.5625</v>
       </c>
       <c r="D11" s="24">
         <v>9</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="12" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="12" spans="2:19">
       <c r="B12" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C12" s="25">
         <v>0.58333333333333337</v>
       </c>
       <c r="D12" s="24">
         <v>10</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="13" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="13" spans="2:19">
       <c r="B13" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C13" s="25">
         <v>0.60416666666666663</v>
       </c>
       <c r="D13" s="24">
         <v>11</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="14" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:19">
       <c r="B14" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C14" s="25">
         <v>0.625</v>
       </c>
       <c r="D14" s="24">
         <v>12</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="15" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:19">
       <c r="B15" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C15" s="25">
         <v>0.64583333333333337</v>
       </c>
       <c r="D15" s="24">
         <v>13</v>
       </c>
     </row>
-    <row r="16" spans="2:19" x14ac:dyDescent="0.3">
+    <row r="16" spans="2:19">
       <c r="B16" s="2" t="s">
         <v>95</v>
       </c>
       <c r="C16" s="25">
         <v>0.66666666666666663</v>
       </c>
       <c r="D16" s="24">
         <v>14</v>
       </c>
     </row>
-    <row r="17" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="17" spans="2:4">
       <c r="B17" s="2" t="s">
         <v>96</v>
       </c>
       <c r="C17" s="25">
         <v>0.6875</v>
       </c>
       <c r="D17" s="24">
         <v>15</v>
       </c>
     </row>
-    <row r="18" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="18" spans="2:4">
       <c r="B18" s="2" t="s">
         <v>98</v>
       </c>
       <c r="C18" s="25">
         <v>0.70833333333333337</v>
       </c>
       <c r="D18" s="24">
         <v>16</v>
       </c>
     </row>
-    <row r="19" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="19" spans="2:4">
       <c r="B19" s="2" t="s">
         <v>99</v>
       </c>
       <c r="C19" s="25">
         <v>0.72916666666666663</v>
       </c>
       <c r="D19" s="24">
         <v>17</v>
       </c>
     </row>
-    <row r="20" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="20" spans="2:4">
       <c r="B20" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D20" s="24">
         <v>18</v>
       </c>
     </row>
-    <row r="21" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="21" spans="2:4">
       <c r="B21" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D21" s="24">
         <v>19</v>
       </c>
     </row>
-    <row r="22" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:4">
       <c r="B22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D22" s="24">
         <v>20</v>
       </c>
     </row>
-    <row r="23" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:4">
       <c r="B23" s="2" t="s">
         <v>103</v>
       </c>
       <c r="D23" s="24">
         <v>21</v>
       </c>
     </row>
-    <row r="24" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:4">
       <c r="B24" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D24" s="24">
         <v>22</v>
       </c>
     </row>
-    <row r="25" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:4">
       <c r="B25" s="3" t="s">
         <v>105</v>
       </c>
       <c r="D25" s="24">
         <v>23</v>
       </c>
     </row>
-    <row r="26" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="26" spans="2:4">
       <c r="B26" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D26" s="24">
         <v>24</v>
       </c>
     </row>
-    <row r="27" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="27" spans="2:4">
       <c r="B27" s="3" t="s">
         <v>94</v>
       </c>
       <c r="D27" s="24">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="28" spans="2:4">
       <c r="B28" s="3" t="s">
         <v>144</v>
       </c>
       <c r="D28" s="24">
         <v>26</v>
       </c>
     </row>
-    <row r="29" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="29" spans="2:4">
       <c r="B29" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D29" s="24">
         <v>27</v>
       </c>
     </row>
-    <row r="30" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="30" spans="2:4">
       <c r="B30" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="24">
         <v>28</v>
       </c>
     </row>
-    <row r="31" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="31" spans="2:4">
       <c r="B31" s="3" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="24">
         <v>29</v>
       </c>
     </row>
-    <row r="32" spans="2:4" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:4">
       <c r="B32" s="3" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="24">
         <v>30</v>
       </c>
     </row>
-    <row r="33" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:4">
       <c r="A33" s="19"/>
       <c r="B33" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D33" s="24">
         <v>31</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:4">
       <c r="B34" s="2"/>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:4">
       <c r="B36" s="2"/>
     </row>
-    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:4">
       <c r="B37" s="2"/>
     </row>
-    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:4">
       <c r="B38" s="2"/>
     </row>
-    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:4">
       <c r="B39" s="2"/>
     </row>
-    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:4">
       <c r="B41" s="2"/>
     </row>
-    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:4">
       <c r="B43" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="uBUfA3HVUFUiDDz6BOoN/TnQcjaj90J6tiqJF8Q8B+RgTy5ED3Cj1RUSbpjfkQswIsKrvEDV/XU9SeaxCjq5YQ==" saltValue="pZ6E/iL6zuU4cHi6Id/AEg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="MpPrBYGlAkdyC1ST/+Pnhn3uQAaCvpi+h4wKVRQXWn3HnoXj2Omw8LKZhKGR2QGAuKoPxrzW23rf40zkca+z7Q==" saltValue="yApSvwRBZ5oodlRt/AaI/w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:B32">
     <sortCondition ref="B3:B32"/>
   </sortState>
   <customSheetViews>
     <customSheetView guid="{909486AF-EBCC-41DF-9E70-6AEFD99A65CC}">
       <selection activeCell="C3" sqref="C3:C17"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
     </customSheetView>
   </customSheetViews>
   <phoneticPr fontId="31" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E3:E265" xr:uid="{0CC6C357-C44E-43C7-811F-83B9DED7A6D5}">
       <formula1>$E$3:$E$265</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" showInputMessage="1" showErrorMessage="1" xr:uid="{FB388C25-41FA-4DB1-9FD7-A71B0415419E}">
           <x14:formula1>
             <xm:f>RECTO!$AT$1:$AV$1</xm:f>
           </x14:formula1>
@@ -10875,64 +12008,65 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B U D A A B Q S w M E F A A C A A g A n X s m V 9 4 R T z m l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w G I R f h X S n L X U x 5 K c M J k 6 S G E 2 M a 1 M K N E I x b b G 8 m 4 O P 5 C u I U d T N 8 e 6 + S + 7 u 1 x v k Y 9 d G F 2 W d 7 k 2 G E k x R p I z s S 2 3 q D A 2 + i p c o 5 7 A V 8 i R q F U 2 w c e n o d I Y a 7 8 8 p I S E E H B a 4 t z V h l C b k W G z 2 s l G d i L V x X h i p 0 K d V / m 8 h D o f X G M 5 w w i h m j G E K Z D a h 0 O Y L s G n v M / 0 x Y T W 0 f r C K V z Z e 7 4 D M E s j 7 A 3 8 A U E s D B B Q A A g A I A J 1 7 J l c P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A C d e y Z X K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A C d e y Z X 3 h F P O a U A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A n X s m V w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 8 Q A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A C d e y Z X K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D i A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 9 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A A m A Q A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A 9 K p A v o q c i 0 + r B 0 S j k U 8 m H A A A A A A C A A A A A A A Q Z g A A A A E A A C A A A A B 9 E a z q w 4 v M c S c A J c / W M Y t K Q y V L C 8 V G c D p 5 L l N N d h O G 2 A A A A A A O g A A A A A I A A C A A A A B T k e n m P 2 e + l O s S T H 8 N p V m J S V k P t u 3 n q / f x 9 D N Q n O v D r F A A A A A R T O O F t S g x F t n g k x w K / K Q + a L x Q 3 G Z E v o x 1 Y G 3 9 3 2 e O l 2 n h w 2 a j h e T x 0 j S A s 0 m 4 7 2 m n c / H v i 8 P 5 B V s Z x O u j t n G A y X J t z q + O + 6 l 1 / 8 c q a / 2 G r 0 A A A A D 5 B x z 8 g V x L p z 5 P q F n 6 c s R 1 7 h B 2 q M 8 J C / M q e R T P x F 9 W P J w E 0 e K h n b b 4 M 8 J 4 S A 3 + M 8 c n X h i g R r g c P X 9 9 g v 7 P W Q 6 A < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB0DFCDE-A4AD-4EE1-8BA5-14996C8F13DD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>RECTO</vt:lpstr>
       <vt:lpstr>VERSO</vt:lpstr>
+      <vt:lpstr>Licenciés U11</vt:lpstr>
       <vt:lpstr>Feuil1</vt:lpstr>
       <vt:lpstr>ANNEE</vt:lpstr>
       <vt:lpstr>heure</vt:lpstr>
       <vt:lpstr>JOUR</vt:lpstr>
       <vt:lpstr>MOIS</vt:lpstr>
       <vt:lpstr>NUMERO</vt:lpstr>
       <vt:lpstr>RECTO!Zone_d_impression</vt:lpstr>
       <vt:lpstr>VERSO!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>albert nardozi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>